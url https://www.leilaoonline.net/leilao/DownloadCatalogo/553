--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2459 +269,2155 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20093", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20093", " CAMINHÃO MB 1313 TURBINADO; 1981/1981; BRANCA; DIESEL; PL.: KUE-1352 CH.:34500312539228; PNEUS: NO ESTADO. OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA. ATENÇÃO: SEM TANQUE")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20083", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20083", " CAMINHÃO MB 1418 1996/1996 ; PL.: PPJ-8783; CH. 9BM384114TB084444; RENAVAM: 01068867482")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20087", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20087", " IVECO 5516 2009 DIESEL PL: EKZ-4538. CH.:93ZK53B0198409012")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20100", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20100", " F250 XLT DIESEL 2000; PL.: GXI-2975; CH.:9BFFF25L4YD038459; RENAVAM: 00738927058")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20099", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20099", " GUINDASTE; MARCA: SANY; MODELO: STC 75; 2013/2013; PL.: LQW-7181; CH.: 962S7543XDS000012; CAPACIDADE: 75 T; KM: 5000; HORÍMETRO: 1600 H.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>325.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20101", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20101", " RETROESCAVADEIRA; MARCA: CASE; MODELO: 580L; ANO.: 1998; SÉRIE: JHS0037203; OBS.: FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20105", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20105", " ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2013; H: 1000; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>128.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20102", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20102", " ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2011; H: 3400; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>81.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20112", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20112", " TRATOR DE ESTEIRA; MARCA: NEW HOLLAND; MODELO: D-130; ANO: 2005; CH.: N5ACO1035. OBS.: BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>52.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20109", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20109", " RETROESCAVADEIRA MF 96 4X4. 2011 OBS.: BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>64.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20103", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20103", " ROLO COMPACTADOR LISO; MARCA: XCMG; MODELO: XS120PD; ANO: 2008; COM KIT PATA; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20108", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20108", " ROLO COMPACTADOR PÉ DE CARNEIRO; MARCA: XCMG; MODELO: XS120PD; ANO: 2011; TRAÇADO; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20106", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20106", " BAÚ - APROX. 4M")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20110", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20110", " MOTO DE TRILHA - TTR 230 SEM DOC. - EQUIPADA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20095", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20095", " Sucata - HILUX CD 4X4 STD 2015/2015 - SUCATA - PL.: PPI-5747 CH.: 8AJFY22G4F8025971 - SEM DOCUMENTO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20081", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20081", " SUCATA - L200 TRITON 3.2 D 2009/2010- SUCATA SEM DOCUMENTOS - PL.:MSU8928 - CH.: 93XJRKB8TAC914952 - SEM DOCUMENTO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20091", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20091", " SUCATA - PAJERO HPE 3.2 D 2006/2007- SUCATA SEM DOCUMENTOS (4 portas com vidro blindado preto)- PL.:AAV-5559 - CH.: JMYLYV78W7JA00156 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20089", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20089", " SUCATA- IVECO DAILY 1999/1999- SUCATA SEM DOCUMENTOS - PL.: LCW8503 - CH.: ZCFC35701XD099077 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20088", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20088", " Toyota Bandeirante 1995 Diesel")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20090", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20090", " Caminhão MB 1718 2011 Com carreta cegonheira. (TRATORES NÃO INCLUSOS)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20086", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20086", " Caminhão Ford Cargo 1317 2012 Com carreta Facchini Basculante")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20097", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20097", " Cavalo Volvo 92. Com prancha 2 eixos.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20085", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20085", " Jogo de 4 Rodas Aro 19")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20096", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20096", " Compressor de ar. Motor Scania")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20092", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20092", " Lote com 2 motores Perkins Diesel")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20080", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20080", " Lote com 10 Máquinas selecionadoras de café. Motor elétrico.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20084", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20084", " Escavadeira Fiat")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20098", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20098", " Escavadeira S-90")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20082", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20082", " Aprox. 100 toneladas de molas diversas. (preço por kg). O lote será pesado no carregamento. OBS: Caso o peso seja a menor, será devolvido o valor correspondente. Caso seja a maior, deverá ser paga a diferença.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20094", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20094", " Compressor 2 eixos.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20079", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20079", " Compressor de ar. Motor Perkins")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20078", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20078", " Rolo rebocador Duplo")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20121", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20121", " Bomba D'agua")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20114", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20114", " Patrol CBT 2105 Motor mercedes")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20116", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20116", " Guindaste Krane-kar 9Ton")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20107", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20107", " Sucata f75")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20111", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20111", " Guindaste Madal 9 Ton.Motor mercedes.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20113", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20113", " Trator Hanomag Raridade")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20119", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20119", " Par de rodas de Tábua para Pântano ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20117", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20117", " Rolo pata 1 tambor. Renovável.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20122", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20122", " Sucata de trator CBT")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20124", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20124", " Patrol Cat 12-E")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20129", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20129", " Sucata de w36. Motor Scania")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20120", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20120", " Rolo Liso. Motor mwm 4cc")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20123", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20123", " Trator Ford 6600")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20126", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20126", " Lote com: Sucata w20 e Sucata cat 930")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20125", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20125", " Sucata de embarcadeira de cana Bell")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20118", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20118", " Lote com: 2 Pás Carregadeiras Cat 930.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20115", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20115", " Motoniveladora Patrol Com escarificador traseiro. Motor Scania turbo.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20127", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20127", " Trator CBT 1090")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20104", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20104", " Sucata de Patrol Fiat FC 140")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20130", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20130", " Motor e gerador")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20128", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20128", " Trator MF 235")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20132", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20132", " Retro MF 86")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20131", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20131", " Lote com: 2 compactadores de lixo.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20159", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20159", "Rolo rebocador Duplo")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...169 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20173", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20173", "Passat Variant BLINDADO 2.0 turbo tfsi (necessário CR)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20174", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20174", "Caminhão MB 1113 Azul 4x4 Ano:1978 ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20175", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20175", "Caminhão MB 710 Plus 2010")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20187", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20187", "Sucata de retro CASE 580")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20188", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20188", "2 rodas de alumínio")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20189", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20189", "Sapinho elétrico.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20262", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20262", "Varredeira de Aspiração 636 - Funcionando.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20293", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20293", " Sucata tempra Ouro 1994 - sem documento")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20294", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20294", " Sucata C3 2006 - sem documento")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20286", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20286", " Sucata s10 2006 sem mecanica - sem documento")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20296", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20296", " Sucata Monza 1986 e Civic - sem documento")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20297", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20297", " Sucata Ecosport 4x4 2004 - sem documento")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20292", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20292", " Sucata golf 1.6 2000 - sem documento")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20288", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20288", " Sucata Kia Picanto EX3 2010 - sem documento")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20283", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20283", " Sucata de Golf 2.0 2000 - sem documento")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20299", "081")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20299", " SUCATA XSARA 1999  - sem documento")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20289", "082")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20289", " Sucata meriva 2005 ,  zafira 2004 , palio wekeend 1997  - Sem documento (LOTE ÚNICO englobando lotes 82, 83 e 84 respectivamente)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...57 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20287", "085")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20287", " Lote com 3 Sucatas Blazer viatura - sem documento (LOTE ÚNICO englobando lotes 85,86 e 87 respectivamente)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...25 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20282", "088")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20282", " Lote com 4 Sucatas: Vectra Gls 1994, Vectra Gls 1998, Vectra Gls 1995, Vectra Gls 1999, - sem documento (LOTE ÚNICO englobando lotes 88,89,90,91 respectivamente)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...1886 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20450", "089")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20450", "TUBO DE TROCADOR DE CALOR : MATERIAL CUPRONÍQUEL 90-10 E DOIS ESPELHOS DE CUPRONÍQUEL 90-10 Total aproximado 19.000kg (preço por kg).")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>15,75</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>