--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2235 +269,1959 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20350", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20350", "LOTE COM: 01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20349", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20349", " LOTE COM: 01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20351", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20351", "LOTE COM:  01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20444", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20444", " SUZUKI INTRUDER CUSTOMIZADA (EM FUNCIONAMENTO). Ano 2008. Placa final 7.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20379", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20379", " 02 PAINÉIS DIGITAIS PARA SENHAS ELETRÔNICAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20378", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20378", " 02 PAINÉIS DIGITAIS PARA SENHAS ELETRÔNICAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20382", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20382", " 04 TOTEN / PEDESTAL, SENDO 02 MEDINDO; 1,80 E 02 MEDINDO; 1,50. COM REGULAGEM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20383", "109")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20383", " FIAT TIPO 1.6 IE. COR CINZA. ANO 1995. 4 PORTAS / TETO SOLAR. GASOLINA. Placa final 0")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20384", "110")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20384", " LOTE C/ 14 MICROFONES , DIVERSAS MARCAS E MODELOS E 04 CHAPINHAS ELÉTRICAS P/ CABELOS.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20385", "111")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20385", " 02- MÁQUINAS DE CAFÉ , SENDO 01 TORINO PROSSIFIONAL E 01 ARNO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20387", "112")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20387", " SUCATA DE YAMAHA RX 125. Ano 1980.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20388", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20388", " LOTE C/ 09 ARMÁRIOS ARTICULADOS  COR AZUL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20390", "114")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20390", " 03- MÁQUINAS DE ESCREVER ANTIGAS. SENDO: 01 UNDERWOOD DE 1929 E OUTRAS 02 DA DÉCADA DE 1960. PARA COLECIONADORES.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20389", "115")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20389", "MÁQUINA DE SORVETE EXPRESSO / AÇAÍ PLASTEC ICE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20396", "116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20396", " LOTE COM: 01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 CADEIRAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20397", "117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20397", " LOTE COM: 01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 CADEIRAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20400", "118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20400", " LOTE COM: 01 MESA BISTRÔ. MADEIRA DE LEI GARAPEIRA. COM 02 CADEIRAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20401", "119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20401", " FLIPERAMA PIMBAL TOTALMENTE ORIGINAL, DÉCADA DE 1990. RELÍQUIA PARA COLECIONADORES. EM FUNCIONAMENTO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20398", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20398", " MÁQUINA DE FLIPERAMA DIVERBRÁS COM 500 JOGOS E PLACA ORIGINAL "PANDORA BOX 3". ANTIGUIDADE TODA ORIGINAL, DA DÉCADA DE 1980. RELÍQUIA PARA COLECIONADORES. EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20399", "121")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20399", " FAQUEIRO C/ 120 PEÇAS BANHADO A OURO, DÉCADA COLONIAL DE 1940.  RELÍQUIA PARA COLECIONADOR. APROX. 4,1 kg")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20380", "122")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20380", " CRISTALEIRA EM ACRÍLICO P/ JÓIAS OU CELULARES.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20404", "124")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20404", " HONDA CG 125cc CUSTOMIZADA. ANO 1979.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20411", "125")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20411", " BICICLETA ANTIGA 1962. RELÍQUIA P/ COLECIONADORES")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20414", "126")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20414", " BICICLETA ANTIGA BERLINETA, RELÍQUIA PARA COLECIONADORES")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20413", "127")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20413", " BICICLETA ANTIGA, MONARETA, RELÍQUIA P/ COLECIONADORES")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20412", "128")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20412", " BICICLETA ANTIGA, BMX PANTERA SUPER STAR DE 1979, TOTALMENTE ORIGINAL, RELÍQUIA PARA COLECIONADORES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20410", "129")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20410", " LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA LIXADA (NOVAS SEM USO)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20405", "130")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20405", " LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA LIXADA (NOVAS SEM USO)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20409", "131")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20409", " LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA LIXADA (NOVAS SEM USO)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20407", "132")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20407", " TOCA DISCO PHILIPS 312 TOTALMENTE ORIGINAL C/ 02 CAIXAS DE AUTO FALANTE TODOS EM MADEIRA.  EM FUNCIONAMENTO, RELÍQUIA PARA COLECIONADORES.")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20408", "133")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20408", " CARRINHO PARA LANCHES, CACHORRO QUENTE, TAPIOCA E MAIS. TODO EM INOX")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20403", "134")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20403", " 01- APARELHO DE SOM 3X1 TOCA DISCO ANTIGO E 02 ÁRVORES DE NATAL")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20423", "135")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20423", " LOTE CONTENTO 20 UNIDADES DE JAQUETAS EM COURO SINTÉTICO, CORES E TAMANHO DIVERSOS, (sem uso, na embalagem)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20443", "136")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20443", "LOTE COM 011 BANCOS P/ MOTOCICLETAS ANTIGAS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20381", "137")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20381", " ESTUFA MOD. 216.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20445", "138")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20445", " LOTE CONTENDO 09 AÇUCAREIROS DE PORCELANA CERÂMICA RETRÔ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>75,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20446", "139")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20446", " CAIXA D'ÁGUA DE INOX. CAP. 500 LITROS. SEMI NOVA.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20447", "140")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20447", "LOTE COM APROX. 80 CAPAS DE BANCO DE CICLOMOTORES ANTIGOS, MOBILETE MONARK CALOI CX , CALOI XR, GARELI E OUTRAS. PRODUTO ORIGINAL, SEM USO, ESTOQUE ANTIGO, DECADA DE 1980 , PARA COLECIONADORES. VÁRIAS CORES E MODELOS.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20470", "141")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20470", "LOTE C/ 100 JOGOS DE ADESIVOS P/ CICLOMOTOR GARELLI KATIA ANTIGA, CADA JOGO DE ADESIVOS CONTEM 02 ADESIVOS DO TANQUE, 02 ADESIVOS DA LATERAL DO MOTOR E 01 ADESIVO LEMBRETE.(SEM USO)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20465", "142")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20465", "Lote contendo 04 relógios importados das seguintes marcas: NAVIFORCE, SKMEI, HPOLWCOM, CURREN. todos sem uso e em perfeito estado de funcionamento")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20466", "143")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20466", "Lote contendo relógio original marca ORIENT. Sem uso em perfeito estado de funcionamento.")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20467", "144")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20467", "PEUGEOT 206  1.6 FELINE FX. FLEX. ANO 2005")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20468", "145")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20468", "LOTE CONTENDO 50 PARES DE TÊNIS. SENDO:  30 MASCULINOS (de números 35 ao 43) e 20 FEMININOS (de números 34 ao 39). DE DIVERSOS TAMANHO, CORES E MODELOS. SEM USO.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20448", "146")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20448", "LOTE COM APROX. 450 MEDALHAS EM METAL DE DIVERSOS TAMANHOS E MODELOS (SEM USO). TOTALIZANDO APROX. 30 KG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20469", "147")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20469", "LOTE C/ 50 UNIDADES DE ADESIVOS DA CAÇAMBA DA TOYOTA HILUX. (SEM USO) ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20488", "148")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20488", "04- PLACARES PROFISSIONAIS DE LED P/ JOGO DE FUTEBOL, VÔLEI , BASQUETE E OUTROS, SENDO 01 DISPLAY CENTRAL , 01 DISPLAY P/ SUBSTITUIÇÃO DE JOGADORES  e 02  AUXILIARES.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20489", "149")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20489", "AQUECEDOR PROFISSIONAL A ÓLEO. ( EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20490", "150")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20490", "Diversas churrasqueiras elétricas e Peças.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20491", "151")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20491", "Diversas Panelas  elétricas e Diversos Grill elétricos e peças")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20492", "152")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20492", "MOTOR DE MOTOCICLETA ANTIGA DE 250cc. 2 TEMPOS. COMPLETO: COM CARBURADOR, SISTEMA DE IGNIÇÃO E ESCAPAMENTO. ANO 1986.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20494", "153")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20494", "Aquecedor de inox com controlador digital de temperatura Coel Uw2000")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20495", "154")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20495", "01 Aspirador Cirúrgico, Bomba De Vácuo Ozawa 3 Litros. (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20496", "155")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20496", "01 Aspirador Cirúrgico, Bomba De Vácuo Ozawa 3 Litros (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20497", "156")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20497", "01 Aspirador Cirúrgico, Bomba De Vácuo Ozawa 3 Litros (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20665", "157")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20665", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA. COR IMBUIA. (NOVAS SEM USO)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20666", "158")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20666", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA. COR IMBUIA. (NOVAS SEM USO)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20667", "159")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20667", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA. COR IMBUIA. (NOVAS SEM USO)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20848", "160")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20848", "LOTE CONTENDO 01 Creme Shiseido Bio Performance e 01 Biotherm Equipe Purê.  Ambos Importados e Originais.")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20849", "161")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20849", "LOTE CONTENDO: 01 Hot Water Davidoff  e 01 Narciso Rodriguez. Ambos Importados e Originais.")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20850", "162")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20850", "LOTE CONTENDO: 01 Hot Water Davidoff e 01 Jus De Fleurs. Ambos Importados e Originais.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20851", "163")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20851", "LOTE CONTENDO 02 Narciso Rodriguez. Ambos Importados e Originais.")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20852", "164")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20852", "LOTE COM: 01 Gentlemen Only Givenchy  e 01 Attimo Salvatore Ferragamo. Ambos Importados e Originais.")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20853", "165")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20853", "LOTE CONTENDO: 01 Van Cleef &amp; Arpels e 01 Elie Saab. Ambos Importados e Originais.")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20893", "167")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20893", "LOTE COM 03 MOTORES REDUTORES. EM FUNCIONAMENTO. MADE IN USA.")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20942", "168")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20942", "LOTE CONTENDO 50 PARES DE TÊNIS. SENDO:  30 MASCULINOS (de números 35 ao 43) e 20 FEMININOS (de números 34 ao 39). DE DIVERSOS TAMANHO, CORES E MODELOS. SEM USO.")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20960", "169")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20960", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA.COR IMBUIA ESCURO (NOVAS SEM USO)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20961", "170")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20961", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA.COR IMBUIA ESCURO (NOVAS SEM USO)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20962", "171")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20962", "LOTE COM: 03 MESAS BISTRÔ BAR ISIS REDONDAS. MADEIRA DE LEI GARAPEIRA.COR IMBUIA ESCURO (NOVAS SEM USO)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20966", "172")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20966", "LOTE CONTENDO 50 PARES DE TÊNIS. SENDO:  30 MASCULINOS (de números 35 ao 43) e 20 FEMININOS (de números 34 ao 39). DE DIVERSOS TAMANHO, CORES E MODELOS. SEM USO.")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>