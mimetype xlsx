--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3868", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3868", " GM KADETT IPANEMA (AMBULÂNCIA); BRANCA; ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3872", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3872", " SULCADOR ADUBADOR 02 LINHAS DMB; COM TERCEIRA CAIXA PARA ADUBO ESPECÍFICO; CAPACIDADE TOTAL: 780 KG; ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3869", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3869", " GRADE ARADORA INTERMEDIÁRIA TATU CONTROLE REMOTO 20 X 28`` ; ESPAÇAMENTO: 270 MM; ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3870", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3870", " TERRACEADOR TATU 14 X 26``; ESPAÇAMENTO: 400 MM;")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3871", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3871", " COLHEDORA SANTAL TANDEM; ANO: 2006. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3873", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3873", " COLHEDORA SANTAL TANDEM; ANO: 2006. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3874", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3874", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3879", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3879", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3877", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3877", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3878", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3878", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3880", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3880", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3881", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3881", " unidade mesa a vapor HOT AIR . ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3882", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3882", " Aprox. 200 m2 de MEZANINO  com Divisórias ( sem móveis )  DESMONTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3884", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3884", " APROX 100 M2 de MEZANINO  sem divisórias .DESMONTADO.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3883", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3883", " Porta com Motor   Estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3885", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3885", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3886", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3886", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3887", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3887", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3888", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3888", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3889", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3889", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3890", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3890", " Porta com Motor   estrutura (Trilhos laterais e testeira); Medidas : 3,07 Altura  x 3,0 largura.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3891", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3891", " LOTE ÚNICO COM PEÇAS E EQUIPAMENTOS DE ALMOXARIFADO DIVERSOS.  CONF. RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3892", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3892", " 2 unidades de Ar-Condicionado Central  SELF à Água. Adquiridos em 2013. 15TRS RVO150 : 220V - 3F- Carrier")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3893", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3893", " CAMINHÃO M. BENZ 4144 Ano: 2008. Placa Final 1.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3895", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3895", " CAMINHAO M.BENZ 4140  Ano: 2008. Placa Final 6.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3894", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3894", " CAMINHAO M.BENZ/2428/PIPA Ano: 2002. Placa final 7.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3896", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3896", " CAMINHÃO M. BENZ 4144 Ano: 2008. Placa final 2.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3897", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3897", " CAMINHÃO M. BENZ 4144 Ano: 2008. Placa final 2.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3898", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3898", " CAMINHÃO M. BENZ 4144 Ano: 2008. Placa final 0")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3900", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3900", " CAMINHÃO M. BENZ 4144 Ano: 2008. Placa final 8")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3899", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3899", " ESCAVADEIRA VOLVO EC460  Ano: 2004")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3901", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3901", " PERFURATRIZ PW Ano: 2008")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3902", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3902", " Conjunto Traseiro Facchini Ano 2009 Ano: 2009")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3903", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3903", " Conjunto Traseiro Facchini Ano 2009 Ano: 2009")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3904", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3904", " Conjunto Traseiro Facchini Ano 2009 Ano: 2009")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3905", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3905", " Conjunto Traseiro Facchini Ano 2009 Ano: 2009")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3910", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3910", " Escavadeira Hidráulica Hyundai R210 Ano: 2011")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3908", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3908", " Escavadeira Hidráulica Hyundai R220 Ano: 2012")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3906", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3906", " Escavadeira Hidráulica Komatsu PC200-8 Ano: 2011")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3907", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3907", " Retroescavadeira Caterpillar 416E 4x4 Ano: 2010")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3909", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3909", " Retroescavadeira JCB TURBO 3C 4x4 Ano: 2011")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3911", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3911", " Motoniveladora Caterpillar 140B Ano: 1990")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3912", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3912", " Motoniveladora Case 845B Ano: 2011")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3913", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3913", " Trator de Esteiras Caterpillar D5K Ano: 2009")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3915", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3915", " Rolo Compactador Liso Muller VAP70 Ano: 2010")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3914", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3914", " Pá Carregadeira Case W20E Ano: 2010")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...799 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...506 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3917", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3917", " Minicarregadeira Case 420 Ano: 2010")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3916", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3916", " Minicarregadeira Caterpillar 216B3 Ano: 2010")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3918", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3918", " Caminhão Basculante "Caçambão" Mercedes 1620 Ano: 2010. Placa: final 4")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3920", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3920", " Caminhão Basculante "Caçambão" Volkswagem 24-250 Ano: 2009. Placa: final 0")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3919", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3919", " Caminhão Prancha e Munck Mercedes 2428 Ano: 2011. Placa: final 9")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>