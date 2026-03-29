--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20859", "1024")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20859", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198388-1")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20867", "1028")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20867", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192947-0")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20891", "1030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20891", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177618-5")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20879", "1061")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20879", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202582-5")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20890", "1062")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20890", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177701-7")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20880", "1077")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20880", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201395-9")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20940", "1081")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20940", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192950-0")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20986", "4735")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20986", "DOBRADEIRA A.BAUMHAK B/DM, FCBM 144994-0")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20991", "4736")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20991", "TELEVISOR 63" PLASMA SAMSUNG PL63P71FD, FCBM 207342-1")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20992", "4737")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20992", "TELEVISOR 63" PLASMA SAMSUNG PL63P71FD, FCBM 207341-2")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20993", "4738")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20993", "TELEVISOR 63" PLASMA SAMSUNG PL63P71FD, FCBM 207340-4")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20994", "4739")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20994", "2 APARADOR GRAMA 1 STHIHL E 1 HUSQ, 1 ROÇADEIRA STIHL, 1 CULTIVADOR DE SOLO E 1 MOTOPODA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20995", "4740")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20995", "MOTOPODA STHIL KA85RHT. FCBM 209387-1")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20996", "4741")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20996", "1 MOTO SERRA STHIL, FCBM 118644-2, 1 PODADOR SECA VIVA STHIL, FCBM 209384-7 E 1 ASPIRADOR DE FOLHA HUSQVARNA, FCBM 247362-3")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20987", "4793")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20987", "ESTEIRA ERGOMETRICA LIFE FITNESS CLST, FCBM 219723-5")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20990", "4796")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20990", "5 MODULO EXPANSÃO TRIPLEHEAD2GODP E 1 CONTROLADOR DMX SUNLITE SUITE 2FC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20988", "4797")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20988", "ESTEIRA ERGOMETRICA LIFE FITNESS CLST, FCBM 219722-7")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20989", "4798")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20989", "ESTEIRA ERGOMETRICA LIFE FITNESS CLST, FCBM 219721-9")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20985", "4799")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20985", "GUILHOTINA ELÉTRICA IDEAL 5210, FCBM 141628-6")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20874", "6008")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20874", " APARELHO P/ EXERC. REMADA SENT RIGUETTO LIFE FITNESS, FCBM 191853-2")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.875,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20881", "6009")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20881", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202583-3")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20886", "8140")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20886", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177700-9")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.175,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20885", "8141")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20885", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202588-4")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20887", "8143")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20887", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177702-5")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20888", "8144")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20888", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177620-7")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20864", "9055")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20864", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198385-7")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20860", "9056")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20860", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192942-9")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20873", "9057")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20873", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198384-9")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20889", "9061")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20889", " ESTEIRA ERGOMETRICA PRECOR, FCBM 176100-5")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20872", "11585")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20872", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193204-7")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20868", "11586")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20868", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193197-1")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20878", "11589")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20878", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202581-7")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20877", "11590")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20877", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202584-1")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20882", "11591")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20882", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202585-0")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20871", "11593")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20871", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193198-9")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20875", "11594")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20875", " BICICLETA ERGOMETRICA SPINNING, FCBM 193201-2")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20870", "11597")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20870", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193199-7")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20876", "11598")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20876", " BICICLETA ERGOMETRICA SPINNING, FCBM 198386-5")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20869", "11599")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20869", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198389-0")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20862", "12017")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20862", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198387-3")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20856", "12019")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20856", " BICICLETA ERGOMETRICA SPINNING, FCBM 193196-2")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20858", "12020")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20858", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193205-5")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20857", "12021")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20857", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193200-4")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20863", "12022")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20863", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193202-1")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20883", "12023")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20883", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202586-8")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20884", "12024")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20884", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202587-6")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20865", "12025")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20865", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193206-3")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20866", "12026")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20866", " BICICLETA ERGOMETRICA SPINNING, FCBM 192940-2")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20861", "12027")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20861", " BICICLETA ERGOMETRICA SPINNING, FCBM 192937-2")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>