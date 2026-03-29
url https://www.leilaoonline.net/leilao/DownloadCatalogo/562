--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/21010", "3058")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/21010", "FIAT/FIORINO FURGÃO, ANO 2008, FLEX, BRANCA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20976", "5612")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20976", " VOYAGE CITY 1.6, ANO 2013, FLEX, PRATA, ALAVANCA DO TRAMBULADOR COM FOLGA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20979", "5613")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20979", " PAJERO FULL HPE 3.8 (BLINDADO), ANO 2012/2013, FLEX, PRETA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20981", "5614")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20981", " VOYAGE CITY 1.6, ANO 2013, FLEX, PRATA, MOTOR COM RUÍDO (VÁLVULAS)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20977", "5615")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20977", " VOYAGE CITY 1.6, ANO 2013, FLEX, PRATA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20978", "5616")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20978", " A4 SEDAN 1.8 AMBIENTE, ANO 2014/2015, FLEX, BRANCO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20980", "5617")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20980", " VOYAGE CITY 1.6, ANO 2013, FLEX, PRATA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20982", "6009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20982", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2012/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20984", "6011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20984", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2011/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20983", "6019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20983", "CHEVROLET; CELTA LIFE 1.0 LS; PRATA; 2012/2012; ALCO./GASOL.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>