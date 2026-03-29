--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20512", "1199")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20512", " EMPILHADEIRA A COMBUSTÃO, YALE,ANO 2012, MOD.GLP050, SERIE A974V02398K")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20514", "1202")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20514", " EMPILHADEIRA À COMBUSTÃO GLP, YALE,ANO 2012, MOD. GLP050 VX, SERIE A975Y08381J")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.540,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20513", "1203")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20513", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, ANO 2010, MOD. GDP090 VX SERIE G813V02447H")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>8.932,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20516", "1209")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20516", " EMPILHADEIRA RETRATIL, YALE,MOD. MR-16H, ANO 2010, SERIE C849T05201F")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20517", "1210")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20517", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD. GDP 155CA, ANO 2005, SERIE B878V01854C")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20522", "1211")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20522", " PALETEIRA HIDRÁULICA COM OPERADOR EMBARCADO - GARFO 2.400MM,YALE, MOD. MPE060, ANO 2014,SERIE C896N01892M  ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20521", "1212")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20521", " EMPILHADEIRA À COMBUSTÃO GLP, TOYOTA, MOD. 8FG25, ANO 2008, SERIE 14261")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20520", "1213")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20520", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD.GDP090VX , ANO 2008, SERIE F813V02886F")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20519", "1214")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20519", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. GLP090VX, ANO 2009, SERIE G813V01806F")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.950,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20515", "1215")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20515", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. GLP090VX, ANO 2011, SERIE G813V02809J")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.950,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20518", "1216")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20518", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. GLP090VX, ANO 2010, SERIE G813V02607H")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>12.950,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20523", "1218")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20523", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD.GDP090LJ , ANO 2005, SERIE E813V03270C")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20525", "1219")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20525", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. GP155VX, ANO 2009, SERIE D878V01608F ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20524", "1220")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20524", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD.GP155VX , ANO 2009, SERIE D878V01567F")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20526", "1222")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20526", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. 155VX, ANO 2009, SERIE D878V01608F ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>12.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20530", "1223")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20530", "EMPILHADEIRA A COMBUSTÃO GLP, YALE, MOD. GLP155VX, ANO 2010, SERIE D878VO1778H")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20527", "1225")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20527", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD. GP155VX , ANO 2011, SERIE D878V01802H")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20528", "1226")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20528", " EMPILHADEIRA À COMBUSTÃO GLP,YALE, MOD. 155VX, ANO 2010, SERIE D878V01778H")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20529", "1227")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20529", " EMPILHADEIRA À COMBUSTÃO DIESEL, YALE, MOD. GP155VX , ANO 2009, SERIE D878V01591F")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20531", "1230")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20531", " ESCAVADEIRA HIDRÁULICA CASE, MOD. CX240, ANO 2009, SERIE DAC240K5N8SAM1472")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20532", "1231")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20532", " ESCAVADEIRA HIDRÁULICA CASE, MOD. CX240B, ANO 2009, SERIE DAC240K5N8SAM1462")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20533", "1232")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20533", " ESCAVADEIRA HIDRÁULICA CASE, MOD. 9040B, ANO 2001, SERIE DAC0402412")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20536", "1233")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20536", " ESCAVADEIRA HIDRÁULICA DE PNEUS,FIAT ALLIS, MOD.FX200W, ANO 2003, SERIE 69201 ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20534", "1237")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20534", " PÁ CARREGADEIRA DE PNEUS,CASE, MOD. 721B, ANO 2009, SERIE JEE0055444")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20551", "1239")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20551", "ESCAVADEIRA HIDRÁULICA CASE, MOD. CX240B, ANO 2009, SERIE DAC240K5N8SAM1463")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20537", "1240")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20537", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX350B, ANO 2014, SERIE DAC350K5NDSAP1322")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20550", "1241")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20550", "ESCAVADEIRA HIDRAULICA CASE, MOD.CX 350B, ANO 2011, SERIE DAC350K5NASAP1226")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20539", "1242")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20539", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX330, ANO 2008, SERIE DAC330K3N7SAP7240")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20545", "1243")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20545", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX220B, ANO 2008, SERIE N8AA04027")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20538", "1244")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20538", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX220B, ANO 2008, SERIE N8AA04027")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20542", "1245")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20542", "ESCAVADEIRA HIDRAULICA,CASE , MOD CX220, ANO 2007, SERIE N7AA02283")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20541", "1246")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20541", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX220, ANO 2005, SERIE N5AA02035")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20544", "1247")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20544", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX220, ANO 2007, SERIE N7AA02188")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20540", "1248")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20540", " PÁ CARREGADEIRA ,CASE, MOD. 621D, ANO 2010, SERIE NAAE04426")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.950,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20543", "1249")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20543", " MINI ESCAVADEIRA HIDRÁULICA, CASE, MOD.CX36B, ANO 2016, SERIE ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20547", "1250")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20547", " MINI ESCAVADEIRA HIDRÁULICA, CASE, MOD.CX36B, ANO 1998, SERIE DBK0004182")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20546", "2000")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20546", " MINI ESCAVADEIRA HIDRÁULICA, CASE, MOD.16, ANO 1998, SERIE DBK0004181")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20548", "2002")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20548", " ESCAVADEIRA HIDRÁULICA CASE, MOD.CX220, ANO 2008, SERIE N8AA02313")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20549", "2007")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20549", " ESCAVADEIRA HIDRÁULICA CASE, MOD. CX220B, ANO 2009, SERIE N9AA04127")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20639", "2011")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20639", "PÁ CARREGADEIRA MOD. 721B, ANO 1998, LOC. ... SERÁ VENDIDO NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>