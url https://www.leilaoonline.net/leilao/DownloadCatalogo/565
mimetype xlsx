--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20810", "1353")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20810", " 01C - EQUIPAMENTO COMPONENTES ELETRONICOS;  COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANCA E OUTROS - APROX. 13.100 PÇS.  ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20827", "1354")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20827", " 01E - COMPONENTES ELETRICOS; VALVULAS DIVERSAS E OUTROS - APROX. 1500 PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20830", "1355")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20830", " 02D - COMPONENTES DE, VEDAÇÃO, VALVULAS, ELETRICOS, FIXAÇÃO E OUTROS - APROX. 1300 PÇS. -  ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.550,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20828", "1360")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20828", " 02E- COMPONENTES DE FIXAÇÃO, ELETRICOS, CONEXÕES E OUTROS - APROX. 1100PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20832", "1361")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20832", " 03D - COMPONENTES DE VEDAÇÃO E OUTROS - APROX.: 2.400PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20823", "1365")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20823", " 03E - MATERIAIS DIVERSOS PARA VEDACAO; COMPONENTES FIXAÇÃO E OUTROS - APROX. 1.900PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20824", "1369")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20824", " 04D - APROX. 60 ROLAMENTOS; MATERIAIS DIVERSOS PARA ESCRITÓRIO E OUTROS - APROX. 93PÇS. TOTAL DO LOTE ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20826", "1376")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20826", " 04E - COMPONENTES DE FIXAÇÃO E OUTROS - APROX. 3.900 PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20825", "1377")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20825", " 05D - PEÇAS PARA CAMINHÃO; COMPONENTES PARA BOMBAS CENTRIFUGAS; COMPONETES DE FIXAÇÃO E OUTROS - APROX. 4.700 ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20829", "1384")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20829", " 05E - PEÇAS E COMPONENTES MERCEDES-BENZ, SCANIA, VOLVO, GM; COMPONENTES PARA MOTORES E OUTROS - APROX. 379 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20831", "1385")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20831", " 06D - PEÇAS E COMPONENTES MERCEDES-BENZ, SCANIA, MF; COMPONENTES PARA MOTORES E OUTROS - APROX. 604 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20822", "1392")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20822", " 06E - PEÇAS E COMPONENTES MERCEDES-BENZ, SCANIA, CAT, AGRALE, GM; COMPONENTES PARA MOTORES E OUTROS - APROX. 2588 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20811", "1393")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20811", " 07D - PEÇAS E COMPONENTES MERCEDES-BENZ, TOYOTA, VW, GM, FORD E OUTROS - APROX.. 891 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20809", "1400")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20809", " 07E - PEÇAS E COMPONENTES MERCEDES-BENZ, SCANIA, VOLVO, VW E GM E OUTROS - APROX. 900 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20817", "1408")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20817", " 08E - PEÇAS E COMPONENTES MERCEDES-BENZ, VOLVO, SCANIA, FORD, CATERPILLAR, VALTRA, MF E OUTROS - APROX. 2.900 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20806", "1409")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20806", " 09D - PEÇAS E COMPONENTES VW, FORD, CATERPILLAR, VALTRA, MF E OUTROS - APROX. 737 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20813", "1416")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20813", " 09E - PEÇAS E COMPONENTES VW, FORD, JOHN-DEERE, MF E OUTROS - APROX. 950 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20814", "1417")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20814", " 10D - PEÇAS E COMPONENTES VW, FORD, JOHN-DEERE, MF, CASE E OUTROS - APROX. 720 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20818", "1424")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20818", " 10E - PEÇAS E COMPONENTES VW, FORD, JOHN-DEERE, MF, CASE E OUTROS - APROX. 930 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.950,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20819", "1425")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20819", " 11D - APROX. 2.750 PEÇAS E COMPONENTES PARA COLHEITADEIRA DE CANA PICADA CLAAS E OUTROS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.050,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20807", "1432")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20807", " 11E - PEÇAS E COMPONENTES FORD E PARA COLHEITADEIRA DE CANA PICADA CASE E OUTROS - APROX. 2.700 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>9.650,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20816", "1433")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20816", " 12D - PEÇAS E COMPONENTES VW E PARA COLHEITADEIRA DE CANA PICADA CLAAS E JOHN DEERE  E OUTROS - APROX. 2.240 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.950,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20805", "1440")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20805", " 12E - PEÇAS E COMPONENTES VW, JOHN-DEERE E PARA COLHEITADEIRA DE CANA PICADA CLAAS E OUTROS - APROX. 5.000 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20815", "1441")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20815", " 13D - PEÇAS E COMPONENTES SCANIA, VW, JOHN DEERE, MF, FORD E PARA COLHEITADEIRA DE CANA PICADA CLAAS E OUTROS - APROX. 1.400 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20820", "2000")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20820", " 16D - PEÇAS E COMPONENTES SCANIA, VOLVO, MERCEDES-BENZ, VALTRA, CAT; PEÇAS DE VESTUARIO E OUTROS - APROX. 1.400 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>14.950,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20821", "2001")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20821", " 17C - 2 EIXOS AC BBA WORTH WORTEC 2203275700232 ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20812", "2002")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20812", " 17D - PEÇAS E COMPONENTES MERCEDES-BENZ, SCANIA, VOLVO, MF, CASE, VW, GM E OUTROS - APROX. 1691 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20808", "2003")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20808", " 17E - PEÇAS E COMPONENTES FORD, VOLVO, SCANIA, VW E COLHEITADEIRA CLAAS  VESTUARIO  E OUTROS - APROX. 1910 PEÇAS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>51.350,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>