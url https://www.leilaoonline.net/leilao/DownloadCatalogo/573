--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22114", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22114", " Haste de empilhadeira e pistões")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22118", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22118", " Lamina para trator Tatu")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22111", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22111", " Concha Retro Cat. 416D")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22120", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22120", " Fiat Strada 11/12 1.4 Flex")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22113", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22113", " Caminhão GMC 7110 2000 Atenção: Sem Baú. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22115", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22115", " Caminhão MB 1113 1973 Trucado. Carroceria Aberta. TRATOR NÃO INCLUSO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22109", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22109", " Mitsubishi L200 GL 08/09 Turbo intercooler")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22116", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22116", " Lote com: 2 Quinta Roda   mesas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22112", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22112", " Gerador Lister 15kva motor Lister 3 cilindros Trifásico e mono (funcionando)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22117", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22117", " Gerador MTS 39 KvA / Sem bomba, sem alternador, sem bico injetor. Motor 3 cilindros")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22119", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22119", " Motobomba Motor mwm 3 cilindros. Vazão 8pol. Com carreta ( funcionando)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...173 lines deleted...]
-      </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22110", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22110", " Compressor parafuso Atlas Copco Motor 4cilindros ( funcionando) ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>