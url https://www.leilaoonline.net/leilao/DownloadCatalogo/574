--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,4027 +269,3527 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22440", "006")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22440", "DOBRADEIRA NEWTON 3050mm 30/40 TON")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22121", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22121", " TORNO ROMI MKD II 3800 X 670 MM 3M DE BARRAMENTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22126", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22126", " TORNO JOINVILLE TM-175 1350 X 370 - CÓD. 175")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22124", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22124", " TORNO IMOR MIN-210 1550 X 470 - CÓD. 141")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22122", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22122", " TORNO REVOLVER XERVITT 1000 X 430 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22140", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22140", " CALDEIRA A GÁS COMAE 1000KG")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22138", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22138", " CALDEIRA A GÁS EÔNIA 3200KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22135", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22135", " PRENSA HIDRÁULICA 80 TONELADAS UNIDADE VICKERS 850 X 700")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22128", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22128", " PRENSA HIDRÁULICA 4 COLUNAS 15 TONELADAS UNIDADE REXROTH 1000 X 700")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22131", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22131", "TANQUE RESERVATÓRIO DE ÁGUA EM FIBRA DE VIDRO 15.000L")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22129", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22129", "TANQUE RESERVATÓRIO DE ÁGUA EM FIBRA DE VIDRO 20.000L")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22133", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22133", "TANQUE RESERVATÓRIO DE ÁGUA EM FIBRA DE VIDRO 25.000L")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22139", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22139", " TORNO MITTO 2600 X 680")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22132", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22132", " FILTRO DE AREIA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22136", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22136", " FILTRO DE AREIA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22130", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22130", " EMPILHADEIRA CLARK C-300 OPALA 4CC 2,5TON 3,8M GÁS GLP 1994")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22134", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22134", " BOMBA DE VÁCUO ROOTS UNIVERSAL BLOWER")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22137", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22137", " FRESA SACORA FR-1100 - CÓD. 170")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22123", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22123", " FRESA SACORA FR-800M - CÓD. 145")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22125", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22125", " FRESA AZERF - CÓD. 147")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22127", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22127", " FRESA SCHLEVO - CÓD. 148")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22141", "034")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22141", " FRESA MB - CÓD. 160")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22142", "054")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22142", " PRENSA HIDRÁULICA 15 TONELADAS SEM UNIDADE")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22143", "055")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22143", "Carcaça de prensa Hidráulica com pistão e comando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22166", "063")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22166", " FURADEIRA ENGRENADA - COD. 164")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22165", "064")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22165", " FURADEIRA ENGRENADA YADOYA/CASTROL  - COD. 135")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22195", "067")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22195", "GERADOR NEGRINI 1000KVA - 07/2001 - COD. 36")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>49.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22194", "068")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22194", " GERADOR NEGRINI 275KVA - COD. 128")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22196", "069")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22196", " GERADOR TOSHIBA 275KVA  - COD. 129")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22197", "074")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22197", " MARTELETE P/ BOBCAT")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22226", "075")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22226", " ESTEIRA DE ENCOLHIMENTO INOX POLY PACK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22224", "077")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22224", " SERRA VAI - VEM - CÓD. 167")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22228", "082")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22228", " POLITRIZ P/ POLIMENTO  - CÓD. 180")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22223", "085")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22223", " PUNCIONADEIRA PARA CHAPAS FRANHO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22231", "089")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22231", " UNIDADE HIDRÁULICA REXROTH UTILIZAÇÃO : SOPRADORA DE MACHO 30KG  - CÓD. 98")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22230", "091")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22230", " COMPRESSOR PARAFUSO SULLAIR MOTOR 75 CV ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22243", "092")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22243", " COMPRESSOR CARRETINHA 160 WORTHINGTON")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22241", "096")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22241", " COMPRESSOR WAYNE 40 PÉS ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22256", "099")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22256", " GUILHOTINA GRÁFICA FUNTIMOD")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22258", "110")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22258", " CURVADEIRA DE TUBO HIDRÁULICA FAREX - CÓD. 97")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22257", "113")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22257", " TAMBOREADOR DE INOX T.T. 25 LITROS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22262", "115")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22262", " BOMBA DE ESTÁGIO BUFFALO À DIESEL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22263", "117")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22263", " SERRA POLICORTE EDES")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22259", "118")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22259", " TROCADOR DE CALOR DE INOX")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22266", "120")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22266", " REDUTOR TARTARUGA GRANDE 1:34.4 PARA MOTOR DE 50CV")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22265", "121")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22265", " ROSQUEADEIRA P/ TUBOS ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22268", "122")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22268", " ROSQUEADEIRA P/ TUBOS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22269", "124")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22269", " DOBRADEIRA DE TUBOS MANUAL HIDRAÚLICA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22275", "128")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22275", " FRESADORA UNIVERSAL TOS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22281", "130")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22281", " RETÍFICA PLANA TOS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22286", "132")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22286", " FURADEIRA RADIAL ASOUITH")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22294", "150")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22294", " TALHA 3 TON. LIWAL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22292", "152")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22292", " TUPIA PARA MADEIRA FAMAG FOBRASA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22296", "153")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22296", " TUPIA PARA MADEIRA ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22297", "156")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22297", " MUNCK 5 TONELADAS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22299", "163")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22299", " BALANÇA MANUAL VERDE NO ESTADO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22300", "171")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22300", " FRESA COPIADORA P/ MADEIRA HARWAR FC 1600")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22298", "174")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22298", " TUPIA PARA MADEIRA INVICTA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22301", "189")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22301", " MISTURADOR MOTOR 30CV")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22303", "190")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22303", " ALTERNADOR 150-180KVA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22302", "195")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22302", " TORRE DE RESFRIAMENTO ALPINA FINA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22304", "202")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22304", " COMPRESSOR PRIMÁX 40 PÉS NO ESTADO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22305", "203")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22305", " COMPRESSOR PRIMÁX 40 PÉS NO ESTADO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22311", "223")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22311", " MÁQUINA PARA DESCASCAR FIO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22309", "224")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22309", " MÁQUINA PARA DESCASCAR FIO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22308", "228")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22308", " TROCADOR DE CALOR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>-250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22306", "229")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22306", "Bomba para Óleo Térmico com motor WEG 75cv")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22307", "230")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22307", "Bomba para Óleo Térmico com motor WEG 75cv")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22310", "234")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22310", " MINI TRATOR DUMPER GAMMA COBRA 850AC, 2008")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22313", "243")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22313", " TORNO AUTOMÁTICO GAUTHIER")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22312", "266")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22312", " GERADOR DE 500KVA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22314", "268")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22314", " CONTAINER P/ ALOJAMENTO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22316", "274")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22316", " BATEDOR PLANETARIA DE INÓX USIRAM")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22315", "284")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22315", " PÁ CARREGADEIRA ESTEIRA CATERPILLAR")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22317", "286")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22317", " ESCAVADEIRA DE PNEU POCLAIN")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22319", "287")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22319", " GUINCHO AUSTIN-WESTERN")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22318", "290")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22318", " COMPRESSOR PARAFUSO ATLAS COPCO GA-307 MOTOR 40HP")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22320", "291")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22320", " REDUTOR FALK NO ESTADO")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22321", "315")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22321", " GUINCHO CANARINHO")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22322", "332")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22322", " TANQUE DE INÓX P/ 15.000L")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22323", "346")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22323", " BRITADOR DE MANDÍBULA FAÇO 20X15")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22324", "347")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22324", " LAMINADOR BONFANTI PARA CERÂMICA ARGILA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22325", "348")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22325", " PENEIRA VIBRATÓRIA PARA CERÂMICA ARGILA")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22326", "349")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22326", " ESTEIRA TRANSPORTADORA DE CERÂMICA TIJOLO VERMELHO(1U.)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22327", "350")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22327", " ESTEIRA TRANSPORTADORA DE CERÂMICA TIJOLO VERMELHO(1U.)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22328", "355")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22328", " MISTURADOR DE CERÂMICA TIJOLO VERMELHO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22329", "356")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22329", " BALANÇA 1500KG")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22332", "357")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22332", " PRENSA DE FRICÇÃO")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22331", "368")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22331", " TUPIA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22335", "369")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22335", " SERRA DE FITA VERTICAL MADEIRA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22334", "370")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22334", " DESEMPENO PLAINA 140CM COMPRIMENTO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22330", "371")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22330", " PLAINA DESENGROSSO 40CM LARGURA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22337", "372")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22337", " SERRA CIRCULAR")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22333", "373")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22333", " TALHA ASEA 6,5 TON")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22336", "374")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22336", " TALHA ASEA 6,5 TON")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22338", "375")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22338", " TALHA ASEA 6,5 TON")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22339", "376")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22339", " TALHA ASEA 6,5 TON")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22340", "377")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22340", " TALHA ASEA 6,5 TON")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22342", "378")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22342", " MOTOR SCANIA 112")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22341", "379")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22341", " MISTURADOR DE MASSA 4.500L")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22344", "380")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22344", " CHILLER SABROE MOTOR 15CV")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22343", "389")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22343", " EXTRUSORA MIOTTO 35MM PARA PVC")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22345", "392")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22345", " FURADEIRA ENGRENADA")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22346", "394")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22346", " FRESADORA MECÂNICA INDUMA")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22347", "395")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22347", " FRESADORA HIDRÁULICA INDUMA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22349", "397")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22349", " TRANSFORMADOR 13800V-440V 1500KVA ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22351", "398")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22351", " GELADEIRA 40000 KCAL")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22350", "399")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22350", " GELADEIRA 16000 KCAL")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22352", "400")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22352", " SERRA AUTOMÁTICA OMP SEM CLP E IHM 2009 ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>42.250,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22354", "402")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22354", " CALANDRA PIRAMIDAL PARA CHAPAS 120CM")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22353", "403")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22353", " CALANDRA PIRAMIDAL PARA CHAPAS E TUBOS 2M")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22355", "406")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22355", " TORNO HARRISON 190 1800 X 460")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22356", "407")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22356", " FURADEIRA RADIAL FRESADORA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22357", "408")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22357", " PRENSA 25 TONELADAS")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22360", "414")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22360", " MÁQUINA P/ DESCASCAR FIO")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22359", "415")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22359", " COMPRESSOR PARAFUSO GA22")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22361", "417")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22361", " BOMBAS DE ENGRENAGEM 1X SANITÁRIA INÓX, 3X FERRO PARA PRODUTOS VISCOSOS")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22367", "422")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22367", " FILTRO MANGA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22365", "423")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22365", " TORRE DE RESFRIAMENTO HYDRODATA")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22366", "424")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22366", " GUILHOTINA NEWTON  2MX5MM")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22363", "425")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22363", " TORRE DE RESFRIAMENTO ALPINA LARGA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22368", "426")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22368", " SERRA DE FITA VERTICAL ROMARFRA MONOFÁSICA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22364", "427")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22364", " SERRA DE FITA VERTICAL RONEMAK ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22362", "428")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22362", " CALDEIRA PARA HOTEL")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...3614 lines deleted...]
-      </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22371", "433")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22371", " EMPILHADEIRA ELÉTRICA/MANUAL ZELOSO")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>