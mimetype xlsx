--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22492", "153")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22492", "VW; VOYAGE; 1983/1983; CINZA; ALCOOL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22489", "154")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22489", "VW/ FUSCA 1300; 1969/1969; VERMELHA; GASOLINA (Buggy Kadron 4 Lugares)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22490", "155")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22490", "DODGE; JOURNEY SXT; 2008/2009; PRATA; GASOLINA; 7 LUGARES - PLACA JHS-0629")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22491", "156")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22491", "RENAULT/ CLIO CAM1016VH; 2011/2011; BEGE; ALCO,/GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22466", "157")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22466", "HONDA FIT LX FLEX, 2008/2008, GASOL./ALCO; CINZA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22465", "158")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22465", "BICICLETA ELÉKTRICA DREAM BIK COM BAÚ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22387", "159")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22387", "AUDI A6 3.0TFSI ALLR; 2013/2013; BRANCA; GASOLINA; PLACA: FHW-2015")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22439", "160")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22439", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1973/1973; AZUL; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22453", "161")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22453", "IMP/ CHEVROLET; 1946/1946; VERDE; DIESEL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22451", "162")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22451", "ENGESA; ENGESA 4 4X4; 1986/1986; BRANCA; GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22450", "163")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22450", "FIAT; PALIO WEEKEND ADVENTURE; 2003/2004; PRETA; GASOL/GNV")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22386", "164")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22386", "CLASSICO AIRCOOLED - VW; FUSCA 1300; 1970/1970; BEGE; GASOLINA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22385", "165")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22385", "GM; TRACKER 2.0; 2006/2007; AZUL; GASOLINA - 4 X 4 Preparado para Trilha")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22384", "166")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22384", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1975/1975; AZUL; GASOLINA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22441", "167")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22441", "HONDA WR-V CVT 2017/2018; ALCO./GASOL., VERMELHA - APROX. 20.000 KM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22382", "168")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22382", "VW/ PUMA GTE; 1976/1976; BRANCO; GASOLINA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22405", "169")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22405", "HONDA FIT LX CVT, 2014/2015, PRATA; ALCO./GAS - Aprox. 33000km")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>38.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22378", "170")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22378", "VW; KOMBI FURGÃO; 1998/1998; AMARELA; GASOLINA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22374", "171")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22374", "CLASSICO AIRCOOLED Rat look - VW; FUSCA 1200; 1965/1965; AZUL; GASOLINA (desgaste original)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22379", "172")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22379", "HONDA FIT LX FLEX, 2006/2007, GASOL./ALCO; CINZA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.150,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22375", "173")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22375", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1974/1974; VERDE; GASOLINA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22381", "174")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22381", "I/ BMW 318I PF71; 2011/2012; PRATA; GASOLINA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22373", "175")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22373", "HONDA, FIT EX, 2013/2014 "AUTOMÁTICO", CINZA; ALCO./GASOL. - APROX. 34.000 KM -")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22488", "176")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22488", "GM/ BLAZER; PRETA; 2001/2001; GASOL./GNV - 4 CILINDROS -")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22449", "177")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22449", "I; HYUNDAI SONATA GLS; 2011/2012; PRATA; GASOLINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22383", "178")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22383", "CITROEN, C3 GLX 14 FLEX.; 2011/2011; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>14.650,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22380", "179")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22380", "GM; MERIVA JOY; 2010/2010; AMARELA; ALCO./GASOL./GNV")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22372", "180")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22372", "I/ TOYOTA LEXUS; ES 300; 1997/1998; VERDE; GASOLINA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22452", "181")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22452", "VW/ POLO 1.6; 2008/2009; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22454", "182")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22454", "MITSUBISHI; PAJERO 3.8G; 2007/2008; PRETA; GASOLINA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22456", "183")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22456", "CAMINHÃO SCANIA; 1979/1979; LARANJA; DIESEL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22444", "184")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22444", "IMP; KTM 640 LC4E; 2001/2001; PRETA; GASOLINA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22393", "185")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22393", "RENAULT/ LOGAN EXP 1016V; 2010/2011; AZUL; ALCO,/GASOL.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22406", "188")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22406", "I/ CHERRY QQ 1.1; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22397", "191")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22397", "FIAT; UNO MILLE SX; 1997/1997; BRANCA; GASOLINA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22443", "194")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22443", "VW; SAVEIRO 1.6 SUPER SURF ; 2004/2004; PRETA; ALCO./GASOL")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>13.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22407", "198")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22407", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1977/1977; BEGE; GASOLINA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22394", "199")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22394", "VW; GOL 1.6 MI, ANO/MOD 1997/1997, BRANCA, GASOLINA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.399,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22403", "201")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22403", "VW; GOL HIGHWAY; 2002/2002; CINZA; GASOLINA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22389", "211")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22389", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22392", "213")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22392", "FORD CARGO 815E; 2008/2009; BRANCA; DIESEL")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>37.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22391", "215")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22391", "PÁ CARREGADERA; MARCA LIUGONG; MODELO 816C")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22390", "218")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22390", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>12.400,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22388", "250")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22388", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22455", "303")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22455", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22396", "400")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22396", "JOGO DE RODAS DE FERRO ARO 16 X 6,5")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22400", "403")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22400", "JOGO DE RODAS COM PNEUS 205/55/16")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22401", "436")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22401", "JOGO DE RODAS COM PNEUS 195/65/R15")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22402", "450")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22402", "JOGO DE RODAS COM PNEUS 205/60/15")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>