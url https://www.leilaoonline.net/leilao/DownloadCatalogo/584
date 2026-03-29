--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23133", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23133", " Caminhão VOLKSWAGEN 17.250E WORKER ANO: 2008 PLACA: EBQ8862 EQUIP.: FACCHINI - CAÇAMBA BASCULANTE 6M3 PREF. 2080151")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23139", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23139", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2010 PLACA: NYP6383 EQUIP.: METALCAR - CABINE DE ALUMÍNIO 20 LUGARES PREF. 210176")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23164", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23164", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2010 PLACA: NYP1719 EQUIP.: METALCAR - CABINE DE ALUMÍNIO 20 LUGARES PREF. 210181")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23167", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23167", " Caminhão VOLKSWAGEN 17.250E ANO: 2011 PLACA: NYP 2975 EQUIP.: FACCHINI - POLIGUINDASTE 8,5 T PREF. 211000")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23162", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23162", " Caminhão VOLKSWAGEN 17.250E ANO: 2011 PLACA: NYP 0518 EQUIP.: FACCHINI - POLIGUINDASTE 8,5 T PREF. 211001")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>51.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23159", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23159", " Caminhão VOLKSWAGEN 24.250 E - WORKER ANO: 2011 PLACA: NYS 7143 EQUIP.: FACCHINI - ROLL-ON/OFF 25 T PREF. 211002")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23136", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23136", " Caminhão VOLKSWAGEN 24.250 E - WORKER ANO: 2011 PLACA: NYP 3208 EQUIP.: FACCHINI - ROLL-ON/OFF 25 T PREF. 211003")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23137", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23137", " Caminhão VOLKSWAGEN 17.250E ANO: 2011 PLACA: NYU9029 EQUIP.: FACCHINI - POLIGUINDASTE 8,5 T PREF. 211019")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>57.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23155", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23155", " Caminhão VOLKSWAGEN 17.250E ANO: 2011 PLACA: NYU8379 EQUIP.: FACCHINI - POLIGUINDASTE 8,5 T PREF. 211020")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>51.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23165", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23165", " Caminhão VOLKSWAGEN 9.150E AUTOMÁTICO ANO: 2011 PLACA: NZD2506 EQUIP.: PLANALTO - AGILIX 6 m³ PREF. 211031")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23152", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23152", " Caminhão VOLKSWAGEN 9.150E AUTOMÁTICO ANO: 2011 PLACA: NZD3320 EQUIP.: PLANALTO - AGILIX 6 m³ PREF. 211032")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23132", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23132", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3500 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211054")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23148", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23148", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3661 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211055")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23160", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23160", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3585 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211056")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23157", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23157", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3542 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211057")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23163", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23163", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3634 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211058")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23141", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23141", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISU4855 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211059")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23144", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23144", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2011 PLACA: ISP2510 EQUIP.: PLANALTO - AGILIX 8 m³  C/ DIMP PREF. 211064")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23147", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23147", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2011 PLACA: ISP4147 EQUIP.: PLANALTO - AGILIX 8 m³  C/ DIMP PREF. 211065")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23166", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23166", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: ISQ3649 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211077")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23134", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23134", " Caminhão VOLKSWAGEN 17.250E ANO: 2011 PLACA: NZV7139 EQUIP.: FACCHINI - POLIGUINDASTE 9T PREF. 211191")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>62.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23135", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23135", " Caminhão VOLKSWAGEN 24.220 E - WORKER ANO: 2011 PLACA: NZV2595 EQUIP.: FACCHINI - ROLL-ON/OFF 25 T PREF. 211192")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23149", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23149", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2011 PLACA: NZV8356 EQUIP.: ROSSETTI - CABINE DE ALUMÍNIO 20 LUGARES PREF. 211193")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23161", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23161", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: EUK9134 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211206")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23138", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23138", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: FAR8545 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211209")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23153", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23153", " Caminhão VOLKSWAGEN 17.280 E - AUTOMÁTICO ANO: 2013 PLACA: IUC8136 EQUIP.: USIMECA -  DELTA  15 m³ PREF. 213000")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23151", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23151", " Caminhão VOLKSWAGEN 17.280CRM ANO: 2013 PLACA: IUC8320 EQUIP.: USIMECA -  DELTA  15 m³ PREF. 213002")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23142", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23142", " Caminhão VOLKSWAGEN 10.160CRM ANO: 2013 PLACA: OUM9393 EQUIP.: PLANALTO - AGILIX 6 m³ SEM DIMP PREF. 213112")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23156", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23156", " Caminhão VOLKSWAGEN 10.160CRM ANO: 2013 PLACA: OUM2498 EQUIP.: PLANALTO - AGILIX 6 m³ SEM DIMP PREF. 213113")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23150", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23150", " Caminhão VOLKSWAGEN 17.280CRM ANO: 2013 PLACA: OUQ9018 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 213115")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>76.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23145", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23145", " Caminhão VOLKSWAGEN 17.280CRM ANO: 2013 PLACA: OUM3188 EQUIP.: USIMECA - DELTA 15 m³ COM DI PREF. 213117")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23146", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23146", " Caminhão VOLKSWAGEN 17.280CRM ANO: 2013 PLACA: OUM6798 EQUIP.: USIMECA - DELTA 15 m³ COM DI PREF. 213118")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23143", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23143", " Caminhão VOLKSWAGEN 24.280 CRM ANO: 2013 PLACA: OZF6815 EQUIP.: FACCHINI - POLIGUINDASTE 9T PREF. 213174")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23154", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23154", " USINA DE SOLOS PRÉ-MISTURADOS A FRIO: UCR30E 2 MIST 380 V / 60HZ WANMIX . MODELO: USC-2 FAIXA - MARCA: CIBER - ANO: 2010,  SERIE N°:CR300002,  CAPAC.: 200 A 300 T /h,  INCLUSO: 03 SILOS METÁLICOS VERTICAIS - BASE CONICA C75")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23175", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23175", " TRANSFORMADOR")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23173", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23173", "  Cicleya  (67 Unidades)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23170", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23170", " Barco Salvador")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23177", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23177", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23178", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23178", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23174", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23174", " SISTEMA DE EXAUSTAO COMPLETO, MARCA SILVERSTONE,  APLICAÇÃO CAPTAÇÃO DE MATERIAL PARTICULADO, ANO 2012")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23179", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23179", " TESOURA HIDRAULICA MOD FC30 R 3, MARCA ZATO, MODELO FC 30 RII, DIMENÇÕES 2,74 m, ACESSÓRIOS SELA, APLICAÇÃO CORTE DE SUCATA, CARACTERISTICAS PRESSÃO DE CORTE 320 BAR, ANO 2012")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23171", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23171", " ESMAGADOR DE 2 ROLOS MOD E700-2X5,5KW, MARCA SILVERSTONE, POTENCIA 2 X 5,5 KW, ANO 2012")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23176", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23176", " DECANTER CENTRIFUGO P/LODO MODELO D2L-E , MARCA ANDRITZ  , APLICAÇÃO SEPARAÇÃO DE MATERIAIS SÓLIDOS, CARACTERISCA INOX ANO 2011")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23172", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23172", " Aerador Aquapá (AERADOR PISC 2HP 220/380V), MARCA BERAQUÁ, MODELO B-209, DIMENSÕES  m (C x L x H): 1,63 x 2,36 x 0,95,  Encontra-se sem motor, ANO 2015")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23259", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23259", "Lote com: 36  Contêiner de plástico 2500l")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23593", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23593", "Caminhão VOLKSWAGEN 17.250E Ano: 2007 Pl.:DTA3710 Prefixo: 207009 S/Equipamento")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23594", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23594", "CAMINHÃO VOLKSWAGEN 17.220 PLACA: DTC8161, ANO: 2008, PREF: 208079  SEM EQUIPAMENTO ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23595", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23595", "Caminhão VOLKSWAGEN 17.250E Ano: 2011 PL.:NYP3168 Prefixo: 210174")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...302 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...1118 lines deleted...]
-      </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23596", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23596", "BAU COMPACTADOR INCOMPLETO - NO ESTADO. ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>