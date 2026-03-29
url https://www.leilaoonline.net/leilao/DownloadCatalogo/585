--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23602", "090")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23602", "3 REBOQUES TANQUE VINHAÇA 30.000L CADA; ANO 2006 MARCA RANDOM ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23601", "091")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23601", "2 CARREGADORAS DE CANA JOHN DEERE 2013")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23600", "092")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23600", "CARRETA REBOQUE COMBOIO MARCA RODOFORT ANO 2008")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23599", "093")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23599", "GRADE SANTA ISABEL COM 30 DISCOS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23598", "094")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23598", "COLHEDORA DE CANA SANTAL, ANO 2008, MOTOR SCANIA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23597", "095")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23597", "TRATOR VALTRA BH180; 2008; PAROU FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23591", "096")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23591", "MOINHO DE PEDRA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23117", "097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23117", "REDE ELÉTRICA  69.KVA  30 KM TRIFÁSICA 3 LINHAS DE CABOS DE ALUMÍNIO 2.0, 1 LINHA DE SEGURANÇA.... UND ORINDIÚVA / SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23536", "098")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23536", "GUINDASTE KRANE KAR DIESEL (MOTOR 7.910) CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23356", "099")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23356", "MOTOR DE POLPA EVINRUDE 50 HP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22899", "100")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22899", "REDUTOR RENK ZANINI - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22900", "101")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22900", "3 ROLO de MOENDA (84)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23590", "102")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23590", "TRATOR VALTRA BH205i; 2012; FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22928", "103")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22928", "REBOQUE  GALEGO ANO 2008 COMPRIMENTO. 12,50 MTS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22929", "104")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22929", "S. REBOQUE  RODOLINIA ANO 2012 COMPRIMENTO 12.50 MTS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22930", "105")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22930", "COLUNA  BAROMETRICA TANQUE PESO  6 TN ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22931", "106")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22931", "1 TANQUE ÁCIDO SULFÚRICO CAPACIDADE 25000 lts")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22932", "107")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22932", "GERADOR  DE SOLDA MOTOR DIESEL 375 KVA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22933", "108")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22933", "MOTO BOMBA  MWM 6 CILINDROS COM BONBA DE INOX ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22934", "109")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22934", "MAQUINA FECHADORA DE CAIXA, ANO 2011,  PRODUÇÃO 1620 CAIXA HORA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22935", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22935", "ENVASADORA ZEGLA RZ-RT-24-30-6 GR, ANO 2005,  PRODUTIVIDADE 6000 HORA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22936", "111")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22936", "BRITADOR FURLAN C/ MOTOR WEG E RESERVATÓRIO DE ÓLEO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22937", "112")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22937", "1 ROTULADORA COLA FRIA FRENTE E VERSO KOSME, ANO 2005, PRODUTIVIDADE 6000 GARRAFAS HORA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22938", "113")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22938", "1 ROTULADORA KOSME MERKUR, MATERIAL   AÇO INOX  304")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22939", "114")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22939", "1 ESTEIRA AÇO INOX DE CORREIA,LARG.  15CM,COMP. 6MT, SEM MOTOREDUTOR.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22940", "115")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22940", "1  ESTEIRA AÇO INOX DE CORREIA,LARG.  15CM,COMP. 6MT, SEM MOTOREDUTOR.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22941", "116")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22941", "1 ESTEIRA AÇO INOX DE CORREIA, LARG. 30 CM. , COMPRIMENTO 5MT, COM MOTOR E REDUTOR")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22942", "117")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22942", "TÚNEL DE ENCOLHIMENTO / LACRE PARA TAMPA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22943", "118")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22943", "POSICIONADORA DE TAMPAS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22944", "119")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22944", "CALDEIRA GERADOR A VAPOR")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22945", "120")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22945", "PRENSA HRIDÁULICA MOTOR WEG 7,5 CV SEM USO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22946", "121")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22946", "CORREIA ESTEIRA TRANSPORTADORA PLÁSTICA APROX. 20CM LARG. COMP. 60 MTS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22947", "122")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22947", "CORREIA DE ESTEIRA TRANSPORTADORA AÇO INOX 430 APROX. 1500 KILOS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22948", "123")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22948", "1 SELADORA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22949", "124")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22949", "1 SELADORA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22950", "125")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22950", "1 ROTULADORA ZEGLA ANO 2004, PRODUTIVIDADE 587 CAIXAS HORA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22951", "126")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22951", "1 ROTULADORA ZEGLA ANO 2004, PRODUTIVIDADE 587 CAIXAS HORA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22952", "127")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22952", "1 TANQUE ÁCIDO SULFÚRICO CAPACIDADE 25000 lts")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23104", "128")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23104", "ROTULADORA ZEGLA, ANO 2004, PRODUTIVIDADE 10.000 GARRAFAS POR HORA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23119", "129")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23119", "DOLLI R/RANDON RE DL ANO 2007 COM DIREITO  A DOCUMENTAÇÃO (7867)  UND PONTE GESTAL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23120", "130")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23120", "DOLLI R/RANDON RE DL ANO 2006/2007 COM DIREITO  A DOCUMENTAÇÃO (6457)  PONTE GESTAL")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23121", "131")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23121", "DOLLI ANO 2007 COM DIREITO  A DOCUMENTAÇÃO (7794)  PONTE GESTAL")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23122", "132")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23122", "TRANSBORDO CARROCERIA, ANO 2011 SÉRIE CTG 70746 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23180", "133")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23180", "SILO PARA GRÃO, CAPACIDADE 21 TONELADA, UND UBERLÂNDIA / MG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23181", "134")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23181", "TRANSFORMADOR DE 45 KVA, UND UBERLÂNDIA / MG")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23182", "135")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23182", "TRANSFORMADOR 225  KVA, UND UBERLÂNDIA / MG")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>