--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22924", "1024")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22924", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198388-1")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22925", "1028")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22925", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192947-0")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22927", "1030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22927", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177618-5")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22926", "1061")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22926", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202582-5")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22922", "1077")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22922", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201395-9")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22923", "1081")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22923", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192950-0")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23131", "4564")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23131", "DESEMPENADEIRA CHINELATTO DP-320 - FCBM 82276-1 ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>604,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23130", "4565")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23130", "FURADEIRA BANCADA HELMO FB-16 - FCBM 63443-9")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>504,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23349", "4566")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23349", "APARELHO P/EXERC.ELEV-INVER LIFE GBCT - FCBM 178962-7 ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23350", "4567")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23350", "APARELHO P/EXERC.ELEV-INVER LIFE GBZ - FCBM  178961-9 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22920", "6008")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22920", " APARELHO P/ EXERC. REMADA SENT RIGUETTO LIFE FITNESS, FCBM 191853-2")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>720,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22921", "8141")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22921", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202588-4")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.560,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22916", "9055")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22916", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198385-7")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22915", "9056")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22915", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192942-9")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22919", "9057")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22919", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198384-9")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22918", "11585")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22918", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193204-7")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22917", "11586")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22917", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193197-1")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22912", "11593")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22912", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193198-9")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22913", "11594")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22913", " BICICLETA ERGOMETRICA SPINNING, FCBM 193201-2")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22911", "11597")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22911", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193199-7")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22914", "11598")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22914", " BICICLETA ERGOMETRICA SPINNING, FCBM 198386-5")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22910", "11599")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22910", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198389-0")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22906", "12017")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22906", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198387-3")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22902", "12019")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22902", " BICICLETA ERGOMETRICA SPINNING, FCBM 193196-2")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22904", "12020")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22904", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193205-5")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22903", "12021")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22903", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193200-4")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22907", "12022")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22907", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193202-1")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22908", "12025")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22908", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193206-3")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22909", "12026")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22909", " BICICLETA ERGOMETRICA SPINNING, FCBM 192940-2")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22905", "12027")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/22905", " BICICLETA ERGOMETRICA SPINNING, FCBM 192937-2")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>