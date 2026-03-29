--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23537", "183")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23537", "CAMINHÃO SCANIA; 1979/1979; LARANJA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23123", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23123", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23124", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23124", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23125", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23125", "GUINDASTE GROVE TMS 300 37 TONELADAS E 42 METROS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23128", "213")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23128", "FORD CARGO 815E; 2008/2009; BRANCA; DIESEL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23127", "215")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23127", "PÁ CARREGADERA; MARCA LIUGONG; MODELO 816C")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23126", "303")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23126", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23129", "304")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23129", "ROLO COMPACTADOR, MARCA WACKER RC 75, SERIE 535357 COM  CARRETA ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>