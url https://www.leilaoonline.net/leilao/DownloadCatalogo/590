--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23348", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23348", "BARRIL DE CARVALHO, PARA ENVELHECER E ARMAZENAMENTO CACHAÇA CAP. DE 1500 LITROS.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23206", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23206", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (3,5 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23196", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23196", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23210", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23210", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (7,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23195", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23195", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23211", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23211", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (11,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23198", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23198", " 30 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE, ENVELHECIDAS EM DORNAS DE INOX, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23209", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23209", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (20,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23189", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23189", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23260", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23260", "30 FRASCOS DE CACHAÇA OURO SAPUPARA OURO TIPO EXPORTAÇÃO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23199", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23199", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23197", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23197", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23208", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23208", " 01 BARRIL MOD. DORNA DE CARVALHO ARTESANAL CAP. (7,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23192", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23192", "30 GARRAFAS DE CACHAÇA SABOR GUARANÁ, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23213", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23213", "10 UNIDADES DE CANTIL EM INOX, 240ml CADA, CHEIOS DE VODKA.(Novo na Caixa).")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23191", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23191", "30 GARRAFAS DE CACHAÇA SABOR PEQUI, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23366", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23366", " LOTE C/ 50 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23194", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23194", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAF")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23368", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23368", " LOTE C/ 50 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS DIRETO DE DORNAS DE INOX. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23200", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23200", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23370", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23370", "10 UNIDADES DE CANTIL EM INOX, 240ml CADA, CHEIOS DE VODKA.(Novo na Caixa).")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23193", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23193", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23217", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23217", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23216", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23216", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23188", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23188", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23190", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23190", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23202", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23202", " 04 UNIDADES DE PINGOMETROS, SENDO A GARRAFA DE 1000ml C/ SUPORTE DE PAREDE,  TORNEIRA E ROLHA, CHEIO DE CACHAÇA AMARELINHA ENVELHECIDA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23204", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23204", " 04 PINGOMETROS DE PAREDE MOD. TELHA. SENDO, GARRAFA DE 1.000 ml CHEIA DE CACHAÇA, SUPORTE , ROLHA E TORNEIRA CROMADA.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23203", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23203", "30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ML CADA GARRAFA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23205", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23205", "04 PINGOMETROS DE MESA MODELO CAPELA. COM GARRAFA DE 1.000 ml CHEIO DE CACHAÇA AMARELINHA ENVELHECIDA EM CARVALHO, TORNEIRA CROMADA E ROLHA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23227", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23227", " LOTE C/ 50 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS DIRETO DE DORNAS DE INOX. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23365", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23365", " LOTE C/ 50 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23201", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23201", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23225", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23225", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23229", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23229", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23222", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23222", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23224", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23224", " 30 GARRAFAS DE VINHO ROSADO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23231", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23231", "LOTE COM 50 GARRAFAS DE VINHO TINTO SECO. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23230", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23230", "LOTE COM 50 GARRAFAS DE VINHO TINTO SUAVE. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23232", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23232", "10 GARRAFÕES DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23235", "050")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23235", "10 GARRAFÕES DE VINHO TINTO SECO. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23369", "051")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23369", "10 UNIDADES DE CANTIL EM INOX, 240ml CADA, CHEIOS DE VODKA.(Novo na Caixa).")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23364", "052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23364", " LOTE C/ 50 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23241", "053")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23241", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ. 700ml CADA GARRAFA.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23243", "054")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23243", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ. 700ml CADA GARRAFA.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23242", "055")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23242", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ. 700ml CADA GARRAFA.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23244", "056")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23244", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (3,5 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23245", "057")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23245", "  30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23250", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23250", "  30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23367", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23367", " LOTE C/ 50 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS DIRETO DE DORNAS DE INOX. PREÇO POR GARRAFA.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23251", "060")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23251", "  30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23813", "061")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23813", "01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (1,4 LITRO), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...1342 lines deleted...]
-      </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23812", "062")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23812", "01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (1,4 LITRO), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23811", "063")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23811", "01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (1,4 LITRO), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>