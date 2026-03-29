--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3195 +269,2799 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23724", "1353")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23724", "01C - EQUIPAMENTO COMPONENTES  E OUTROS - APROX. 13.100 PÇS.  ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23725", "1354")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23725", "01E - COMPONENTES ELETRICOS; VALVULAS DIVERSAS E OUTROS - APROX. 1500 PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23726", "1355")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23726", "02D - COMPONENTES DE, VEDAÇÃO, VALVULAS, ELETRICOS, FIXAÇÃO E OUTROS - APROX. 1300 PÇS. -  ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.550,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23727", "1360")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23727", "02E- COMPONENTES DE FIXAÇÃO, ELETRICOS, CONEXÕES E OUTROS - APROX. 1100PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23728", "1361")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23728", "03D - COMPONENTES DE VEDAÇÃO E OUTROS - APROX.: 2.400PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23729", "1365")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23729", "03E - MATERIAIS DIVERSOS P/ VEDAÇAO; COMPONENTES FIXAÇÃO E OUTROS - APROX. 1.900PÇS. ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23730", "1369")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23730", " 04D - APROX. 60 ROLAMENTOS; MATERIAIS DIVERSOS  E OUTROS - APROX. 93 PÇS. TOTAIS ( VEJA DESCRITIVO DE ÍTENS )")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23355", "2433")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23355", "TRATOR  VALTRA / VALMET 1580 4X4,  ANO 1993. UND DIAMANTE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24126", "2434")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24126", "SUCATA DE MOTORES ELÉTRICO E ELETRÔNICO EM GERAL, S/FR, LOC: UND DIAMANTE")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23839", "3351")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23839", "2 SUCATA DE CARROCERIA APENAS 1 PRANCHA 3/4, FR98709, UND BARRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23361", "3546")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23361", "GRADE ARADORA C/ 16 DISCOS, FR 103124, UND BARRA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24125", "3565")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24125", "CAMINHÃO VOLVO/FH12 380 6X4T CARROCERIA PRANCHA, ANO 2002, FR91204/98742, UND BARRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23359", "3596")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23359", " GRADE ARADORA 20 DISCOS, FR103101, UND BARRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23752", "3613")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23752", " SUCATA DE MOVEIS E UTENSILIOS DIVERSOS, VEJA ABAIXO, S/FR, UND BARRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23766", "3614")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23766", "1 AGITADOR MAGNÉTICO, 1 DOSADOR DIGITAL,1 TERMO HIGRÔMETRO PORTÁTIL E 1 MESA, S/FR, UND BARRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23739", "3615")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23739", " BRAÇO E BARRA PARA TRATORES, S/FR, UND BARRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23635", "3616")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23635", " TRATOR CASE MAXXUM 180 4X4, ANO 2010, SÉRIE ZACD-76098, FR102829, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23637", "3617")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23637", " TRATOR CASE MAXXUM 180 4X4, ANO 2010, SÉRIE ZACD-62949, FR102827, UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23644", "3618")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23644", " TRATOR CASE MAXXUM 180 4X4, ANO 2010, SÉRIE ZACD63033, FR71878, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23641", "3619")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23641", " REBOQUE R/RANDON RQ CA C. PICADA C/ RALA DIM 12,50M, ANO 2010, FR96775 - RECUPERADO CSV -, UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23648", "3620")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23648", " REBOQUE R/ RANDON RQ CA CANA PICADA, ANO 2012, FR70384, UND BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>40.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23646", "3621")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23646", " SEMI-REBOQUE SR/USICAMP SRCP E2 10000 CANA INTEIRA, ANO 2008, FR70353, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23647", "3622")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23647", " REBOQUE R / RANDON RQ CA CANA PICADA COM RALA DIM 12,50M, ANO 2010, FR96787, UND BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23745", "3623")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23745", " SUCATA DE EQUIPAMENTOS DIVERSOS, MOTOR DE COLHEDORA E OUTROS, S/FR/ UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.850,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23645", "3624")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23645", " CAMINHAO SCANIA/P124CA6X4NZ 400, TIPO C. TRATOR , ANO 2003, FR52868, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23643", "3625")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23643", " CAMINHÃO VW/BMB 31.320 CNC CM. (VENDA SEM MOTOR), TIPO C. TRATOR , ANO 2010, FR96486,  UND BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23640", "3626")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23640", " 1 MOTOR diesel p/ CAMINHÃO VW 31,320, S/FR, UND BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23751", "3627")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23751", " COLHEDORA JOHN DEERE 3522 2L FR101450 ANO 2010")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23747", "3628")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23747", " MOTOR M.BENZ, 2 CX DE CÂMBIO E 1 EIXO, S/FR, UND BARRA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23740", "3629")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23740", " DOLLY RANDON, FR97968, (SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23741", "3630")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23741", " CARRETA DISTISBUIDORA DE TORTA, FR103661,UND BARRA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23743", "3631")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23743", " TRITURADOR DE PALHA TRITON, FR103883, ANO 2010, UND BARRA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23636", "3632")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23636", " CAMINHAO VW/BMB 31.320 CNC CM, TIPO C. TRATOR , ANO 2011/2012, FR96669, UND BARRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23649", "3633")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23649", " 19 TUBOS DE FIBRA DIVERSOS TAMANHOS, S/FR, (s/ uso,  UND BARRA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23744", "3634")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23744", " DIVERSOS TUBOS DE PVC, ( 8,6 E 4 POL,), S/FR, UND BARRA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23639", "3635")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23639", " TRATOR VALMET 1780, ANO 1991,  FR100141, UND BARRA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23749", "3636")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23749", " DOLLY USICAMP, FR98002, (SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23748", "3637")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23748", " DOLLY , FR97988, (SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23753", "3638")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23753", " DOLLY  RANDON, FR97970, (SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23746", "3639")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23746", " DOLLY , FR164810, (SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23642", "3640")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23642", " SEMI-REBOQUE SR/USICAMP SRCP E2 10000 CANA PICADA 12,50M, ANO 2008, FR96259, UND BARRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23750", "3641")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23750", " EQUIPAMENTO P/ JATO DE AREIA BLASTIBRÁS, PAT.201693, UND BARRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23742", "3642")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23742", " CÂMBIO DESMONTADO, S/FR, UND BARRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23638", "3643")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23638", " TRANSBORDO COR AZUL SERMAG 12T, FR47018, UND BARRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23853", "3644")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23853", "205 RODAS APROXIMADAMENTE, S/FR, UND BARRA (veja abaixo)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24127", "3645")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24127", " NOBREAK COM 16 BATERIAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24129", "4718")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24129", "CARRETA DE SERVIÇOS FABR. PRÓPRIA, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24130", "4747")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24130", "TRATOR NEW ROLAND TL 75, ANO 2004, FR19815, UND PARAÍSO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23689", "4797")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23689", " 4 VOLANDEIRA COM EIXO E UMA COM PIÃO, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23692", "4800")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23692", " 5 PNEUS C/RODAS (montados) p/ caminhão, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23688", "4801")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23688", " TRATOR CASE 180, ANO 2011, FR19212, UND PARAISO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23699", "5682")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23699", " VW/Gol 1.0 GIV, ANO 2012/2013, FLEX, FR31619, UND SANTA CANDIDA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23701", "5690")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23701", " VW/GOL 1.0 GIV, ANO 2012/2013, FLEX, FR19646, UND SANTA CANDIDA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23700", "5691")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23700", " CAMINHÃO VW/ 12-140 H Toco, ANO 1996/1997, FR19667, UND SANTA CANDIDA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23698", "5692")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23698", " CAMINHÃO VOLVO/FM 12 420 6X4R, ANO 2004, FR19682, UND SANTA CANDIDA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23693", "5693")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23693", " CAMINHÃO SCANIA/P124 CB 6X4 NZ 420, ANO 2005/2005, FR094, UND SANTA CANDIDA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23695", "5695")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23695", " HILO CAP.25 ton COM ACIONAMENTO (SEM MOTOR), S/FR, UND SANTA CANDIDA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23694", "5696")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23694", " 1 MESA DE ALIMENTAÇÃO Nº 50, S/FR, UND SANTA CANDIDA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23697", "5697")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23697", " 1 MESA DE ALIMENTAÇÃO Nº 30, S/FR, UND SANTA CANDIDA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23611", "11603")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23611", "SEMI- REBOQUE SERGOMEL SRSCPI 2E, ANO 2014, FR 361737, LOC. UND ZANIN")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23616", "11604")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23616", "REBOQUE SERGOMEL RSCPI 4E, ANO 2014/2014, FR 361739, LOC. UND ZANIN")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23612", "11605")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23612", "REBOQUE RANDON RQ CA 8,00M,ANO 2008/2008, FR 81979, LOC. UND. ZANIN ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23610", "11610")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23610", "SEMI-REBOQUE SR/USICAMP SRCP E2 10000 - 12,50M, ANO 2009 FR164027, LOC. UND ZANIN ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23357", "11673")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23357", " TRATOR VALMET 1580 4X4, ANO 1996, FR360642, SÉRIE 15804T316473, UND SERRA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23358", "11675")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23358", " TRATOR VALMET 1580 4X4, ANO 1996, FR360641, SÉRIE 15804T31703, UND SERRA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23838", "12040")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23838", "MOVEIS DIVERSOS: MESAS/CADEIRAS/BEBEDOUROS/AR CONDIC./TELEVISOR/ESTUFA E FREEZER, S/FR, UND JUNQUEIRA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23837", "12329")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23837", "02 CORTINAS DE AR SPRINGER COM 1 METRO APROX. CADA – IMOBIL. 123308/123306, UND JUNQUEIRA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23608", "13050")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23608", "ONIBUS M.BENZ/OF 1318, ANO 1993, FR119009, LOC.UND ZANIN")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23613", "13052")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23613", "REBOQUE R/GUERRA AG CV, ANO 2009, FR 82612, LOC. UND ZANIN ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23617", "13053")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23617", "HIDROROLL,SR IDEROL, ROLÃO (SEM MOTOR), 1985/1985, FR360463, LOC. UND ZANIN")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23609", "13054")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23609", "CAMINHÃO M.BENZ/L 2213 COMBOIO, ANO 1984/1984, FR 360218, LOC. UND ZANIN ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23836", "13055")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23836", "CARREGADORA M.F 290 4X4 GUINCHO OFIC. SÉRIE 2904159544, ANO 2004, FR360973, UND ZANIN")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23614", "14003")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23614", "REBOQUE RANDON SP RQ, ANO 2010, FR96735, RECUPERADO DE CSV - LOC. UND ZANIN")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23615", "14005")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23615", "REBOQUE RANDON RQ CA, ANO 2010/2010, FR96768, LOC. UND ZANIN")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23604", "15352")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23604", "ONIBUS M.BENZ,OF 1620 VERDE,ANO 1996/1996,, FR97480, UND.BONFIM")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23605", "15360")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23605", "CAMINHÃO M.BENZ/L 2638, 6X4, COM MUNCK E CARROCERIA DE AÇO, ANO 2002, FR120848, LOC. UND BONFIM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>72.750,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23603", "15361")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23603", "CHEVROLET / S10 LS, FD2 2.4, 4X2, ANO 2013/2013, FLEX, FALTAM PORTAS E RODAS, FR118505, LOC. UND BONFIM ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23606", "15362")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23606", "VW/15.180 EURO3 WORKER, ANO 2010, FR 92141, LOC UND BONFIM")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>198</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>65.750,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23607", "15363")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23607", "31 MAQUINAS DE SOLDA, SF , LOC. UND BONFIM ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>15.800,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23723", "20113")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23723", " 2 TANQUES PLASTICO, S/FR, ( 1 TANQUE GDE E 1 MÉDIO), UND COSTA PINTO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23714", "20114")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23714", " 3 TANQUES PLASTICO, S/FR, ( 1 TANQUE GDE E 1 MÉDIO E 1 PQ), UND COSTA PINTO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23711", "20115")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23711", " 1 MOTO GERADOR, FR 508573, UND COSTA PINTO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23720", "20116")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23720", " 130 (*APROX.) DE  PLACAS P/FILTROS, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23710", "20117")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23710", " 1 JUNTA DE EXPANSÃO, SEM USO, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23713", "20121")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23713", " CARRETA SERVIÇOS DIVERSOS, FR57187, (LOTE APENAS CARRETA SEM DOCUMENTO ), UND COSTA PINTO ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23722", "20122")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23722", " TRANSBORDO ATA 12000 12T, FR57173, UND COSTA PINTO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>15.900,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23721", "20123")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23721", " CARRETA SERVIÇOS DIVERSOS, FR57205, (LOTE APENAS CARRETA), UND COSTA PINTO ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23717", "20124")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23717", " SUBSOLADOR, FR57310, SÉRIE Sant Izab7H-D23F0003, UND COSTA PINTO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23712", "20125")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23712", " DOLLY RANDON, FR56942 (VENDA SEM DOCUMENTO) UND COSTA PINTO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23707", "21090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23707", " ITENS DIVERSOS. ROÇADEIRA, MESAS, CADEIRAS, BEBEDOUROS, S/FR, , UND RAFARD")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23706", "21091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23706", " ITENS DIVERSOS, PALETEIRA, SUPORTE DE CARROCERIA E OUTROS, PAT. 209320/209315, UND RAFARD")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23709", "21092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23709", " BOMBA C/REDUTOR, PAT.210318")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23708", "21093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23708", " SEMI-REBOQUE  SR/RANDON SRCA CA  12,50 M, ANO 2008,FR139662, UND RAFARD")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23705", "21095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23705", " TRANSBORDO ATA 12000 12T, FR68041, UND RAFARD")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>18.450,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23716", "24114")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23716", " DOLLY RODOFORT, FR 56922, ( SEM DOCUMENTO), UND BOM RETIRO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23715", "24115")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23715", " DOLLY USICAMP, FR 56898, ( SEM DOCUMENTO), UND BOM RETIRO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23719", "24116")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23719", " ADUBADEIRA JM3520SH JUMIL, FR57305, UND BOM RETIRO")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23718", "24117")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23718", " ADUBADEIRA JM3520SH JUMIL, FR57318, UND BOM RETIRO")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23702", "24118")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23702", "PRANCHA SR/USICAMP SRCTUS 2 E TIPO S. REBOQUE,  ANO2009, FR59903, UND BOM RETIRO")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>