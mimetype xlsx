--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23570", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23570", " PLATAFORMA DE MILHO 5 LINHAS  80/90 . Marca:  VENCE TUDO . Ano:  2003 . Série:  4572")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23583", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23583", " PLATAFORMA DE MILHO 5 LINHAS  80/90 . Marca:  STARA . Modelo:  PLM 6000 . Ano:  2003")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23572", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23572", " PLATAFORMA DE MILHO 5 LINHAS  80/90 . Marca:  MF . Série:  9163")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23584", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23584", " ARADO 4 BACIAS FIXAS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23571", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23571", " ARADO 4 BACIAS  REVERSÍVEL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23575", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23575", " CARRETA RODADO DUPLO ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23576", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23576", " PULVERIZADOR . Marca:  JACTO . Modelo:  COLUMBIA CROSS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23574", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23574", " CABINE AUXILIAR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23586", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23586", " PLATAFORMA 8 LINHAS   . Marca:  CASE . Ano:  2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23573", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23573", " PLATAFORMA DE MILHO  . Marca:  MF")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23580", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23580", " SEMEADORA DE TRIGO 27 DISCOS . Marca:  SEMEATO . Modelo:  SSM27 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23582", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23582", " GRADE ARADORA 20 DISCOS . Modelo 20/28. (Espaçamento 27 cm)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23578", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23578", " PLATAFORMA   13 linhas . Marca:  KF . Ano:  2014")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23585", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23585", " COLHEITADEIRA/ PLARAFORMA (PLATAFORMA  23 PÉS ) . Marca:  NEW HOLLAND . Modelo:  TC 59 . Ano:  2002")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23577", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23577", " PLANTADEIRA 9 LINHAS . Marca:  PST ULTRA . Modelo:  PLANTIO DIRETO . Ano:  1999")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23581", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23581", " PLATAFORMA COLHEDORA DE MILHO 5 LINHAS  5/90 . Marca:  MASSEY FERGUSON . Modelo:  MOD.5190 . Ano:  2002")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23579", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23579", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23587", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23587", " COLHEITADEIRA/ PLATAFORMA (PLATAFORMA DE SOJA 23 PÉS ) . Marca:  JOHN DEERE . Modelo:  MOD. 1550  . Ano:  2002")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23588", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23588", " GRADE ARADORA 20 DISCOS  . Modelo:  20/36. (Espaçamento 40 cm)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23589", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23589", " PLATAFORMA COLHEDORA DE MILHO 2 LINHAS . Marca:  JF . Modelo:  500-4")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...510 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23592", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23592", "PLATAFORMA COLHEDORA DE MILHO. MARCA: MASSEY FERGUSON. MOD.: 5/70. ANO 1994.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>