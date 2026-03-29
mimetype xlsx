--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23625", "151")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23625", "AUDI A6 3.0TFSI ALLR; 2013/2013; BRANCA; GASOLINA;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23626", "152")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23626", "MERCEDES BENZ C200 CGI; 2014/2014, CINZA, GASOLINA;")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>58.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23628", "153")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23628", "VW; PASSAT 2.0T FSI; 2010/2010; PRATA; GASOLINA "Câmbio DSG e Auto Hold"")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23627", "154")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23627", "MITSUBISHI; LANCER 2.0 GT "CVT", 2014/2014; GASOLINA; CINZA, "ESCAPE ESPORTIVO"")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23630", "155")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23630", "HONDA; CR-V EXL; 2012/2012; BRANCA; GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23845", "156")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23845", "NISSAN; GRAND LIVINA 18SL; 2013/2014; PRATA; ALCO./GASOL; 7 LUGARES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23855", "157")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23855", "FIAT / PALIO FIRE FLEX; 2005/2006; AZUL; ALCO./GASOLINA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23623", "158")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23623", "HONDA FIT EX CVT, 2015/2016, CINZA; ALCO./GAS - Aprox. 10800km")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23631", "159")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23631", "I; NISSAN TIIDA SEDAN 18F; 2011/2012; PRATA; ALCO/GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23632", "160")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23632", "MITSUBISHI; LANCER 2.0, 2011/2012; GASOLINA; PRETA, "COMPLETO" PLACA: EYV3536")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>27.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23846", "161")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23846", "VW; VOYAGE 1.0; 2010/2010; CINZA; ALCO./GASOL. - "COMPLETO"")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23620", "163")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23620", "FIAT; PALIO WEEKEND ADVENTURE; 2003/2004; PRETA; GASOL/GNV")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>11.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23851", "164")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23851", "HONDA, FIT LX CVT, 2015/2016, BRANCA; ALCO./GASOL., - APROX. 31.000KM")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23856", "165")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23856", "GM; TRACKER LTZ AT; 2014/2015; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23850", "167")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23850", "HYUNDAI; SONATA GLS; 2011/2012; PRATA; GASOLINA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23854", "177")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23854", "HONDA; CITY LX FLEX; 2009/2010; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23629", "179")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23629", "VW/ GOL CL "TURBO"; 1993/1993; VERDE; GASOLINA;  "Turbo, Pistão e Biela Forjados, Roda e Suspensão Legalizados - Aprox 390CV"")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23618", "180")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23618", "I/ TOYOTA LEXUS; ES 300; 1997/1998; VERDE; GASOLINA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23619", "200")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23619", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1973/1973; AZUL; GASOLINA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23624", "201")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23624", "VW; GOL HIGHWAY; 2002/2002; CINZA; GASOLINA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23847", "202")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23847", "M.BENZ 715C; 2004/2004; BRANCA; DIESEL - MOTOR DISBIELADO -")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23848", "203")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23848", "ÔNIBUS  M.BENZ 371R, 1991/1991, AMARELO; DIESEL;")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23849", "204")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23849", "Empilhadeira 7 Ton Hyster H150J, funcionado")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23621", "210")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23621", "BICICLETA ELÉKTRICA DREAM BIK COM BAÚ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>