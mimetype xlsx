--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23760", "011")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23760", "MOTOBOMBA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23761", "014")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23761", "CULTIVADOR / ADUBADOR DE CANA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23762", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23762", "CULTIVADOR / ADUBADOR DE CANA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23763", "016")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23763", "PULVERIZADOR TURBO CARRETA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23764", "018")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23764", "MOTOBOMBA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23765", "021")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23765", "CULTIVADOR / ADUBADOR DE CANA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23731", "022")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23731", "1 HIDRO ROLL E MANGUEIRAS veja descritivo de itens")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23732", "023")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23732", "2 HIDRO ROLLS E MANGUEIRAS ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23733", "024")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23733", "2 HIDRO ROLLS E MANGUEIRAS ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23734", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23734", "1 HIDRO ROLL E MANGUEIRAS ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23735", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23735", "1 HIDRO ROLL, MANGUEIRAS E CARRETA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23843", "028")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23843", "TUBULAÇÕES DE ALUMÍNIO E CARRETA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23736", "036")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23736", "ALMOXARIFADO DIVERSOS ITENS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23737", "038")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23737", "HIDRO ROLL C. MOTOBOMBA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23738", "039")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/23738", "TUBO ALUMINIO 8X6M ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>