--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3387 +269,2967 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24871", "1005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24871", "veja video - RENAULT/DUSTER, ANO 2013/2014, FLEX, COR CINZA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24872", "1008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24872", "veja video - VOLSKWAGEN/ GOL, ANO 2001/2002,FLEX")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24873", "1009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24873", "veja video - CARREGADEIRA VALMET TRATOR 85 ID, ANO 1980, IMPLEMENTO SANTAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24875", "1010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24875", "1 MOTOR HYUNDAI HB20 1.6 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24876", "1011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24876", "1 CAMBIO HYUNDAI DO HB20 1.6 EM OTIMO ESTADO ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24877", "1013")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24877", "veja o video - I / CHANGAN/CHANA, ANO 2010/2011, GASOLINA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24377", "1014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24377", "19 FEIXES DE MOLAS DIANTEIROS E TRASEIRO PARA ÔNIBUS E CAMINHÃO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24401", "1015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24401", "1 JOGO RODAS DE ALUMÍNIO ARO 16, 5 FUROS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24481", "1016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24481", "FIAT / UNO MILLE FIRE FLEX, ANO 2006")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24482", "1017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24482", "1 MOTOR DO COROLA 2.0 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24483", "1018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24483", "5 TANQUES DE ÓLEO DIESEL DIVERSOS ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24484", "1019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24484", "1 BOMBA INJETORA MOTOR TRATOR JONH DEERE ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24886", "1020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24886", "1 CAMBIO  GOL G4 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24485", "1021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24485", "MOTO HONDA/CG 150 TITAN EX  ANO 2011 VERMELHA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24486", "1024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24486", "6 CÂMARA DE AR - DETALHES ABAIXO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24487", "1025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24487", "3 BOMBA ALIMENTADORA DE COMBUSTÍVEL SENDO 2 TRATOR JONH DEERE E 1 TRATOR MARSEY FERGURSON ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24490", "1026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24490", " 2 PISTÃO DA MESA DO GIRO DO ELEVADOR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24488", "1027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24488", " CUBO RODA MOTRIZ COLHEDORA JONH DEERE")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24489", "1028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24489", " JG BANCO DE COURO TUCSON 2008")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24878", "1029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24878", "1 CAMBIO VOYAGE 1.6")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24491", "1030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24491", " 3 DIFERENCIAL 1318  SENDO (1) COMPLETO C/ COROA, PIÃO E CX SATELITE MONTADOS E (2) CARCAÇAS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25087", "1031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25087", "1 TRANSBORDO SANTAL PARTE HIDRÁULICA FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24493", "1032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24493", " 2 FATIAS DO COMANDO HIDRÁULICO DO TRATOR JONH DEERE")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24879", "1033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24879", "FIAT/PALIO FIRE FLEX, ANO 2008/2009")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24492", "1036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24492", " 6 BRAÇOS DA DIREÇÃO E 2 BARRA ESTABILIZADORA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24580", "1037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24580", " 21 VALVULAS DE FREIO DIVERSAS - 2 MANECO 1318 MERCEDES BENZ - 2 SERVO DE EMBREAGEM D 1620 E 1318")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24588", "1038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24588", " 5 RADIADORES DE ÁGUA DO MERCEDES 366 - 1 INTERCULE MERCEDES BENZ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24583", "1039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24583", " 2 RESERVATORIO DE ÁGUA COLHEDORA JONH DEERE ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24585", "1040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24585", " JG BANCO RANGER 2013 ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24587", "1041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24587", "1 JG BANCO DE COURO COROLA 2012")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24591", "1042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24591", " 2 MANCHE DA COLHEDORA JONH DEERE 3520 - 1 JOISTIQUE COLHEDORA JONH DEERE 3520")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24589", "1043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24589", " - 2 PNEUS DE TRATOR COM RODA 18.4.38")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24880", "1044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24880", "1 MOTOR GOL G4 1.0  ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24592", "1045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24592", " 4 RODA MOTRIZ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24584", "1047")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24584", " 1 CAMBIO G.3.60 MERCEDES BENZ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24593", "1048")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24593", " 17 ITENS - ROLAMENTOS, CHAPAS E OUTROS - VEJA ABAIXO (ESPECIFICAÇÕES) -")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24881", "1049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24881", "veja o video - CARREGADEIRA/TRATOR VALMET 880, ANO 1987")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25088", "1051")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25088", "1 TRANSBORDO SERMAG ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24620", "1054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24620", " 1 PISTAO DO INCLINE DO DIVISOR DE LINHAS e 1 PISTÃO DO FLAPE pAra COLHEDORA JONH DEERE")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24619", "1055")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24619", "DIVERSOS ITENS - ENGRENAGEM. COROAS e outros (veja abaixo na descrição)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24614", "1056")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24614", " 20  CÂMARAS DE AR (veja abaixo na descrição)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24623", "1057")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24623", " 1 CAIXA DO CAMBIO ESCANIA 115 JACARE IMCOPLETA DESMONTADA E A CAIXA SECA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24626", "1058")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24626", " 2 CAMBIO DO 1620 MERCEDES BENZ MONTADOS ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24627", "1059")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24627", " DIVERSOS FILTRO DE E ÓLEO PARA COLHEDORA J. DEERE (VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24628", "1060")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24628", " 2 GRADE PROTETORA DA FRENTE - SENDO 1 P/ TRATOR VALMET E 1 P/ TRATOR JONH DEERE ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24629", "1061")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24629", " DIVERSOS INTENS (VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24631", "1062")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24631", "  10 ITENS - 5 TRAVESSAS DO MOTOR E 5 TRAVESSA DO CAMBIO DO CHASSI MERCEDES BENZ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24882", "1063")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24882", "veja o video - CARREGADEIRA TRATOR M. FERGUNSON 290")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24633", "1064")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24633", " 4 SINALIZADORES, 6 CONICOS GRANDES E 1 MACA SEM USO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24632", "1067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24632", " 25 ITENS DIVERSOS ( VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24634", "1068")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24634", " 1 CAMBIO AUTOMATICO COROLA 2.0 EM OTIMO ESTADO ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24637", "1069")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24637", " 1 MESA DO GIRO DO ELEVADOR COLHEDORA JONH DEERE 3520")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24636", "1070")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24636", " 17 CUICAS E 13 CATRACAS DE FREIO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24635", "1073")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24635", " 2 CÂMARAS DE AR 500/60R22.5 E 2 CÂMARAS DE AR 19.5L24")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24638", "1074")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24638", " 2 RADIADORES DA COLHEDORA JONH DEERE 3520 ( SENDO UM DE AGUA E UM INTERCULE)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24642", "1075")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24642", " 1 BOMBAS DE BAIXA USADA, COLHEDORA JONH DEERE 3520")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24641", "1076")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24641", " 50 RODAS ( VEJA ABAIXO9 DESCRITIVO)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24639", "1077")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24639", " 1 MOTOR FIAT ETORK 1.8  EM OTIMO ESTADO ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24883", "1078")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24883", "CARREGADEIRA TRATOR VALMET 880, ANO 1985")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24640", "1080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24640", " 2 ROLOS PARA PLANTIO ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24643", "1081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24643", " 31 PROTETOR SENDO: 9  ARO 16, 14 ARO 20, 2 ARO 22, 4 ARO 24 E ARO 25")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24884", "1082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24884", "3 COMPRESSOR AR CONDICIONADO SENDO 1 P/ COROLA , 1 CIVIC E 1 STRADA ADVENTURE ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24649", "1083")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24649", " 4 SETORES DE DIREÇÃO HIDRAULICA E 3 RESERVATORIO DA DIREÇÃO MERCEDES BENZ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24647", "1084")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24647", " 12 BOJÃO DE AR COMPRIMIDO E 13 BRACADEIRA DIVERSOS ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24648", "1085")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24648", " DIVERSOS ÓLEOs (VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24885", "1086")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24885", "veja o video - ONIBUS M.BENZ / BUSCAR URBANUSS, ANO 1999/2000")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25089", "1087")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25089", "1 TRANSBORDO SERMAG  PARTE HIDRÁULICA FUCIONANDO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24646", "1088")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24646", " 1 MOTO BOMBA TOYAMA 2.5")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24645", "1090")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24645", " 4 BATERIAS CARGO NOVAS SENDO: 2 60 FD E 70 FD")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24644", "1092")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24644", " 4 BALDES DE OLEO 20L PETRONAS TUTELA SENDO: (2) W90/M  SAE 90 E (2) ATF-GL-M    10W")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24586", "1093")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24586", " 1 MOTOR VOLKSWAGEN POWER 1.6 EM OTIMO ESTADO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24581", "1097")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24581", " 1 TOMADA FORÇA DO CAMBIO ZF, CAMINHÃO, 2225, 2325, 2635 E 2638 ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24590", "1098")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24590", " 4 BALDES DE 20LTS CADA - 2 BALDES PETROL HIDRAULICO AWS 100 E 2 BALDES PETROL DIESEL 40")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24582", "1099")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24582", " 2 PISTÕES SENDO (1) DO ELEVADOR  E (1) DO LEVANTE DA COLHEDORA JONH DEERE")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24597", "10101")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24597", " 2 RADIOS AMADORES MOTOROLA PAROU FUCIONANDO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24595", "10103")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24595", " JG BANCO S-10 2008")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24599", "10105")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24599", " 2 RADIOS AMADOR MOTOROLA PAROU FUCIONANDO")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24598", "10108")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24598", "  2 RADIOS AMADORES MOTOROLA PAROU FUCIONANDO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24596", "10109")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24596", "  3 RADIOS AMADORES MOTOROLA PAROU FUCIONANDO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24594", "10111")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24594", " 1 BOMBA DE BAIXA USADA COLHEDORA JONH DEERE 3520")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24600", "10112")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24600", " 5 ITENS BOMBA E OUTROS - VEJA ABAIXO (DESCRITIVO)")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24601", "10115")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24601", " 7 ITENS SOLENOIDE E OUTROS - VEJA ABAIXO (DESCRITIVO)")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24602", "10116")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24602", " 2 GOVERNADOR DA BOMBA COM EDC, DA COLHEDORA JONH DEERE")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24603", "10117")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24603", " CARROCERIA TRANSBORDO, ANO: 2008, SERMAG CANA PICADA MODELO: SMR 10000, SERIE: 1897")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24604", "10118")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24604", " 3 PILOTO CONTROLE DE PRESSÃO (EDC)")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24606", "10120")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24606", " - 3 RADIOS AMADORES MOTOROLA PAROU FUCIONANDO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24608", "10121")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24608", " 2 VÁLVULA 4 VIAS E 2 VÁLVULAS ELETRO HIDRÁULICA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24607", "10122")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24607", "veja o video -  FIAT /FIORINO IE FURGÃO, GASOLINA, ANO 2000")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24609", "10123")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24609", " 2 RADIOS MOTOROLA PORTATIL PAROU FUCIONANDO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24605", "10124")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24605", " 7 ITENS - 2 CÂMARAS DE AR 23.1R26, 1 CÂMARAS DE AR 18.4R30 , 2 CÂMARAS DE AR 14.9R26/28 E 2 CÂMARAS DE AR 14.9R24")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24610", "10125")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24610", " 8 ITENS - 2 CÂMARAS DE AR 16.9R26/28, 2 CÂMERAS DE AR 12.4R28, 2 CÂMARAS DE AR 12.4R24 E 2 CAMARA DE AR 10.5/12.5/80-18")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24611", "10126")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24611", " 14 CÂMARAS DE AR 1000R20")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24612", "10127")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24612", " 9 ITENS -  8 CAMARAS DE AR 900R20 E 1 CAMARA DE AR 11.00R22")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24613", "10128")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24613", " 5 ITENS 4 BOMBA HIDRAULICA  E  1 BOMBA DO TRATOR 7180 COM BOMBA AUXILIAR DA TOMADA DE FORÇA ACOPLADA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24650", "10129")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24650", " 72 UNIDADES ÓLEO 150 COMPRESSOR PETROL. ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24659", "10131")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24659", " 40 UNIDADES ÓLEO SENDO (19) UND CAR IPERGOL GL4 SAE 90, (15 ) UND CAR FREIO DOT 3 500 M2 E (6) UND CAR FREIO DOT4 500 M2    ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24655", "10132")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24655", " 3 BOMBAS DA DIREÇÃO MERCEDES BENZ ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24652", "10133")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24652", " 64 ITENS ÓLEOS (VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24657", "10134")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24657", " 169 FILTROS (APROXIMADAMENTE) SENDO : 50 UND DE AR AUTOMOTIVOS DIVERSOS E 119 UND DE ÓLEO AUTOMOTIVOS DIVERSOS.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24656", "10135")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24656", " 26 ROLETES DA ESTEIRA DA COLHEDORA DE CANA JOHN DEERE USADOS, DOIS ROLETES SUPERIORES")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24651", "10136")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24651", " 1 ESCADA COM PLATAFORMA, ANDAIME E DEGRAUS")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24660", "10137")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24660", " 3 BALDES DE OLEO ATF TIPO A 20L")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24654", "10138")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24654", " 4 EIXOS DIANTEIRO MERCEDES BENZ E 1 EIXO DIANTEIRO DO FORD")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24653", "10139")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24653", " 2 PINOS BOLA  APENAS UM COM RABICHO E 2 BOCA DE LOBO APENAS UMA COM SUPORTE")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24658", "10140")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24658", " DIVERSOS ITENS DE EPI (VEJA ABAIXO DESCRITIVO)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>