--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24700", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24700", " Caminhão VOLKSWAGEN 13.180 EURO3  WORKER ANO: 2010 PLACA: NYP1719 EQUIP.: METALCAR - CABINE DE ALUMÍNIO 20 LUGARES PREF. 210181")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24698", "026")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24698", " Caminhão VOLKSWAGEN 17.250 E - AUTOMÁTICO ANO: 2011 PLACA: FAR8545 EQUIP.: USIMECA - BRUTUS 19 m³ COM DI PREF. 211209")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24688", "036")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24688", " USINA DE SOLOS PRÉ-MISTURADOS A FRIO: UCR30E 2 MIST 380 V / 60HZ WANMIX . MODELO: USC-2 FAIXA - MARCA: CIBER - ANO: 2010,  SERIE N°:CR300002,  CAPAC.: 200 A 300 T /h,  INCLUSO: 03 SILOS METÁLICOS VERTICAIS - BASE CONICA C75")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24693", "037")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24693", " TRANSFORMADOR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24691", "038")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24691", "  Cicleya  (67 Unidades )")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24695", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24695", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24696", "041")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24696", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 ,  CAPACIDADE 15 m³,  DIMENÇÕES 2,30m Ø   X 3,70m  ( d Xh ), APLICAÇÃO ETE INDUSTRIA CERVEJEIRA  ETC, CARCTERISTICAS INOX 316, ANO 2011")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24692", "042")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24692", " SISTEMA DE EXAUSTAO COMPLETO, MARCA SILVERSTONE,  APLICAÇÃO CAPTAÇÃO DE MATERIAL PARTICULADO, ANO 2012")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24689", "044")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24689", " ESMAGADOR DE 2 ROLOS MOD E700-2X5,5KW, MARCA SILVERSTONE, POTENCIA 2 X 5,5 KW, ANO 2012")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24690", "046")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24690", " Aerador Aquapá (AERADOR PISC 2HP 220/380V), MARCA BERAQUÁ, MODELO B-209, DIMENSÕES  m (C x L x H): 1,63 x 2,36 x 0,95,  Encontra-se sem motor, ANO 2015")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24697", "047")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24697", "Lote com: 36  Contêiner de plástico 2500 L")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24699", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24699", "Caminhão VOLKSWAGEN 17.250E Ano: 2011 PL.:NYP3168 Prefixo: 210174")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>65.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24874", "051")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/24874", "Lote com: Almoxarifados diversos ( relação em "descritivo de itens" )")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>