--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25127", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25127", "Durômetro Twin Type plus com Lupa. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25128", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25128", "Microscopio QuicK Vision Apex QU-X302 IL-C")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25129", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25129", "Desempeno Granito 1000 x 1000mm com suporte especial de aço com regulador ano 2008 para matrizaria.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25130", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25130", "Ploter DGI Omega modelo OM -60 da Digital Graphics incorporation. 4100-240Volts e 50/60 VZ.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25131", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25131", "Rugosímetro Mitutoyo portatil Surft SJ -2019 ano 2008.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25132", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25132", "Máquina de pintura a pó eletrostático BFK com conexão PHV-4527-1/4” ano 2008.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25133", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25133", "Câmara climatica Mecalor, para medições de equipamentos, temp. de trabalho -80°C à 180°C e câmara de resfriamento annemos.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25224", "101")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25224", "LOTE CONTENDO APROX. 5.119 PEÇAS E FERRAMENTAS DE USINAGEM. (SEM USO)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25397", "201")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25397", "MAQUINA DHALMAR DH7 - ENDIREITADEIRA DE ARAME AUTOMÁTICA C/ CORTE DE ATÉ 7mm diametro")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25398", "202")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25398", "Dobradeira de coluna soldada de ate 8 metros MANUAL. Excelente condição ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25399", "203")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25399", "Portico manual com talha Koch de 3 toneladas manual. Pintura oxidada e talha sem testes.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25400", "204")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25400", "Guincho de carga Manual. Bom estado.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>