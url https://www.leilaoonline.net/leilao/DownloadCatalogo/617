--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25396", "144")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25396", "VW/ POLO 1.6; 2008/2009; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25390", "145")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25390", "CLASSICO AIRCOOLED - VW; FUSCA 1500; 1971/1971; LARANJA; GASOLINA - Placa Preta")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25385", "146")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25385", "GM; CAPTIVA SPORT FWD; 2008/2009; AZUL; GASOLINA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25380", "147")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25380", "HONDA; WR-V EX CVT; PRATA; 2017/2018; ALCOL./GASOL. - APROX. 16.000KM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25217", "148")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25217", "FORD/ FIESTA HA 1.6 TIAB; 2015/2016; PRETA; ALCO/GASOL.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25218", "149")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25218", "FIAT, TORO FREEDOM AT (openning edittion); 2016/2017; VERMELHA; ALCO./GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25216", "150")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25216", "GM; VECTRA SEDAN ELITE; 2008/2009; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25371", "151")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25371", "VW; KOMBI FURGÃO; 2005/2005; BRANCA; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25208", "152")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25208", "MERCEDES BENZ C200 CGI; 2014/2014, CINZA, GASOLINA;")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>58.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25235", "153")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25235", "I/ BMW 318I PF71; 2011/2012; PRATA; GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25212", "154")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25212", "I/ HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA; "COMPLETO COM TETO"")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25222", "155")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25222", "VW; GOL 1.6; 2012/2013; PRATA; ALCO./GASOL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25234", "156")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25234", "RENAULT/ LOGAN EXP 16; 2011/2011; VERMELHA; ALCO,/GASOL - completo")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>13.300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25214", "157")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25214", "MITSUBISHI; LANCER 2.0 GT "CVT", 2014/2014; GASOLINA; PRATA, "COM TETO SOLAR"")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25207", "158")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25207", "HONDA FIT EX CVT, 2015/2016, CINZA; ALCO./GAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>40.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25236", "159")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25236", "VW; GOL CL (Turbo); 1989/1989; AZUL; ALCOOL; TURBO, SUSPENSÃO, RODA E PNEU Legalizados")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25213", "160")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25213", "HONDA; FIT LX FLEX; 2010/2011; ALCO./GASOL.; DOURADA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25209", "161")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25209", "VW; VOYAGE 1.0; 2010/2010; CINZA; ALCO./GASOL. - "COMPLETO"")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25381", "162")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25381", "FIAT; PUNTO SPORTING 1.8; 2008/2008; PRATA; ALCO./GASOLINA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25206", "163")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25206", "FIAT; PALIO WEEKEND ADVENTURE; 2003/2004; PRETA; GASOL/GNV")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>9.400,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25372", "164")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25372", "CHEVROLET; AGILE LTZ; 2013/2013; BRANCA; ALCO./GASOL")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25223", "165")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25223", "VW; SAVEIRO CS 1.6; 2010/2011; PRATA; ALCO./GASOL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25384", "166")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25384", "HYUNDAI / TUCSON GLS 27L (AUTOMÁTICO), 2008/2008; GASOLINA; ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25386", "167")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25386", "HONDA; FIT LX, 2006/2007; CINZA; GASOLINA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25382", "168")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25382", "PEUGEOT 306 RA H3 18; 1999/2000; CINZA; GASOLINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25219", "169")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25219", "HONDA; CBR 1000 RR REPSOL; 2011; GASOLINA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25243", "170")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25243", "VW/ PARATI CL 1.6 MI; 1997/1998; PRETA; GASOLINA - "AR CONDICIONADO E DIREÇÃO HIDR."")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.550,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25220", "173")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25220", "HONDA; CB 500;  2001; PRETA; GASOLINA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25245", "176")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25245", "GM/ BLAZER; PRETA; 2001/2001; GASOL./GNV - 4 CILINDROS -")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25211", "177")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25211", "HONDA; CITY LX FLEX; 2009/2010; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25205", "180")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25205", "I/ TOYOTA LEXUS; ES 300; 1997/1998; VERDE; GASOLINA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25387", "200")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25387", "CAMINHÃO; M BENZ 2219; 1979/1979; BRANCA; DIESEL")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25388", "201")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25388", "CAMINHÃO; M BENZ 2013; 1980/1981; VERMELHA; DIESEL")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25389", "202")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25389", "CAMINHÃO; M BENZ LK 2213; 1981/1982; BRANCA; DIESEL")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>