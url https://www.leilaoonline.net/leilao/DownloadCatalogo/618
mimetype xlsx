--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25242", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25242", " JOHN DEERE 6415 4X4  com hidráulico ANO: 2009 SÉRIE: BM6415A081343 PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25240", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25240", " JOHN DEERE 6415 4X4  sem hidráulico ANO: 2004 SÉRIE: CQ6405A033295 PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25237", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25237", " JOHN DEERE 6415 4X4  sem hidráulico ( Veja Vídeo) ANO: 2006 SÉRIE: CQ6415A036718. PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25239", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25239", " JOHN DEERE 6415 4X4  sem hidráulico  ANO: 2006 SÉRIE: CQ6415A060112 PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25241", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25241", " JOHN DEERE 6415 4X4  com hidraulico ANO: 2006 SÉRIE: CQ6415A060113 PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25238", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25238", " PULVERIZADOR JD 4630 (Veja Vídeo) ANO: 2014 SÉRIE: 1NW4630XVE0000570 PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25311", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25311", "PULVERIZADOR JD 4630 ANO: 2012 SÉRIE: 1N04630XPC0023266 .PAROU FUNCIONANDO. EXCELENTE ESTADO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25579", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25579", " VW GOL 1.0 2011 BRANCA (veja Vídeo)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25581", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25581", " VW GOL1.0 2011/2012 BRANCA (veja Vídeo)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25582", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25582", " VW GOL 1.0 2011 BRANCA (veja Vídeo)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25580", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25580", " FIAT UNO MILLE WAY ECON.2010  PRATA  (veja vídeo)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>