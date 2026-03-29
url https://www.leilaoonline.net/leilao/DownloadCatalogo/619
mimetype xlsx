--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25246", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25246", " PLATAFORMA DE MILHO 5 LINHAS  80/90 . Marca:  VENCE TUDO . Ano:  2003 . Série:  4572")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25247", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25247", " PLATAFORMA DE MILHO 5 LINHAS  80/90 . Marca:  MF . Série:  9163")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25253", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25253", " ARADO 4 BACIAS FIXAS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25249", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25249", " CARRETA RODADO DUPLO ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25254", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25254", " PLATAFORMA 8 LINHAS   . Marca:  CASE . Ano:  2005")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25248", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25248", " PLATAFORMA DE MILHO  . Marca:  MF")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25250", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25250", " PLATAFORMA   13 linhas . Marca:  KF . Ano:  2014")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25252", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25252", " PLATAFORMA COLHEDORA DE MILHO 5 LINHAS  5/90 . Marca:  MASSEY FERGUSON . Modelo:  MOD.5190 . Ano:  2002")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25251", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25251", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25255", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25255", " [video] COLHEITADEIRA/ PLATAFORMA (PLATAFORMA DE SOJA 23 PÉS). Marca:  JOHN DEERE . Modelo:  MOD. 1550  . Ano:  2002")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25256", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25256", "PLATAFORMA COLHEDORA DE MILHO. MARCA: MASSEY FERGUSON. MOD.: 5/70. ANO 1994.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25260", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25260", "SEMEADORA 19 LINHAS MARCA TATU ANO 1983")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25261", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25261", "PULVERIZADOR. Marca: Jacto.  Mod.: Condor- 800 AM 18. Ano: 2017. Funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25262", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25262", "PULVERIZADOR.  Marca: Jacto. Mod.: Uniport 2000. Ano: 2008. Com GPS. Em ótimo estado.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25257", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25257", "TRATOR Marca MASSEY FERGUSSON - Mod: 95X Ano 1975")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25258", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25258", "PLANTADEIRA Marca SLC. Mod: 7AS-2. Ano: 1994")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25259", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25259", "[ RETIRADO ] - RESTROESCAVADEIRA Marca CASE. Mod: 580 M. ANO: 2010.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25263", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25263", " 02 EQUIPAMENTOS DE GINÁSTICA SENDO: 01 BIKE SPINNING KIKOS PRÓ F9 E 01 ESTAÇÃO DE MUSCULAÇÃO COM 80 KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25366", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25366", "GM CHEVROLET 1959 - Cabine Alongada (em fase de restauração)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25370", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25370", "RARIDADE: Austin A40. Ano 1952. Relíquia para colecionadores. Para Restauração.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25383", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25383", "VW VARIANT. ANO 1971. EM FUNCIONAMENTO. PARA COLECIONADORES. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25414", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25414", "APROX. 290 ITENS DE MATERIAIS, SENDO; ELETRODOMÉSTICOS, ELETRO-ELETRÔNICOS, CELULARES, INFORMÁTICA, MÓVEIS E OUTROS. (CONFORME LISTA EM DESCRITIVO DE ITENS)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25494", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25494", "APROX. 50 BONÉS. MARCA SUMEMO (NOVOS SEM USO)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25495", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25495", "APROX..40 CADEIRAS DE JANTAR. MARCA LUMINI. MODELO VIEIRO MALY. (NOVAS SEM USO).")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>