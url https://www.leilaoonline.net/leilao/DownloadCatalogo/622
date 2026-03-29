--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25395", "5612")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25395", "I/AUDI  A5 SPB 2.0 TFSI, ANO 2012/2013, COR PRATA - BLINDADA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25393", "5613")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25393", " PAJERO FULL HPE 3.8 (BLINDADO), ANO 2012/2013, FLEX, PRETA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25392", "5616")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25392", " A4 SEDAN 1.8 AMBIENTE, ANO 2014/2015, FLEX, BRANCO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25394", "5617")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25394", "VW/NOVO VOYAGE 1.6 CITY, ANO 2013, PRATA, FLEX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>