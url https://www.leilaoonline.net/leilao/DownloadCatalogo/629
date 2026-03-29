--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2875 +269,2519 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25505", "006")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25505", " DOBRADEIRA NEWTON PDM 30/40X3050MM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25607", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25607", " Torno Joinville TM-175 1350 x 370 - Cód. 175")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25605", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25605", " Torno Imor MIN-210 1550 x 470 - Cód. 141")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25504", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25504", " CALDEIRA EÔNIA 3200KG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25537", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25537", " PRENSA HIDRÁULICA 80 TONELADAS UNIDADE VICKERS, 850 X 700MM ENTRE COLUNAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25515", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25515", " PRENSA HIDRÁULICA 4 COLUNAS 15 TONELADAS UNIDADE REXROTH. 1000 X 700 ENTRE COLUNAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25591", "017")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25591", " Tanque 20.000L em fibra ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25598", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25598", " Torno Mitto 2600 x 680")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.150,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25506", "022")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25506", " PRENSA VIRADEIRA DOBRADEIRA 2M X 4MM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25528", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25528", " LINHA DE EXTRUSÃO DE PERFIS RÍGIDOS E FLEXÍVEIS, C/ EXTRUSORA MIOTTO, MESA DE CALIBRAÇÃO, PUXADOR, SERRA, PAÍNEL ELÉTRICO ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25536", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25536", " MISTURADOR  DE MATÉRIA PRIMA MECANOPLAST RH 1050, ANO 1990")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>111.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25529", "027")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25529", " BOMBA DE VÁCUO ROOTS UNIVERSAL BLOWER")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25589", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25589", " Compressor parafuso Total Pack 20 HP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25534", "029")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25534", " GRUPO GERADOR STEMAC 375KVA WEG CUMMINS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25516", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25516", " FRESA SACORA FR-800M - CÓD. 145")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25532", "039")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25532", " FRESADORA FERRAMENTEIRA ZEMA FF-250 SEM PAINEL - CÓD. 144")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25599", "040")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25599", " Tanque Reservatório em Aço Inóx 316 Capacidade 1000 litros")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25521", "041")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25521", " PULMÃO RESERVATÓRIO DE AR 500 LITROS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25524", "042")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25524", " GIRAFA PARA 1000KG NO ESTADO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25507", "043")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25507", " LOTE DE MÁQUINAS DE SOLDA, 3X MIG E 10 ELÉTRICAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25606", "045")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25606", " Compressor Delve 80 Pés 30cv")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25539", "047")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25539", " ENVASADORA INDUSTRIAL AÇO INÓX ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25523", "048")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25523", " BATEDOR MISTURADOR DE TINTA COM INVERSOR DE FREQUÊNCIA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25527", "049")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25527", " PRENSA EXCENTRICA 12 TONELADAS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25520", "050")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25520", " EXTRUSORA 60MM COM PAINEL E CABEÇOTE")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25503", "051")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25503", " EXTRUSORA 60MM PARA PERFIS COM INVERSOR")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25535", "053")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25535", " RESERVATÓRIO EM AÇO INÓX 316 CAPACIDADE 250 LITROS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25531", "054")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25531", " PRENSA HIDRÁULICA 15 TONELADAS ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25513", "056")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25513", " CILINDRO ABERTO EM AÇO INÓX 316 - 0,95M DIAMETRO X 2,16 ALTURA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25538", "062")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25538", " MOTOR VARIADOR WEG VARIMOT 20CV")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25522", "064")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25522", " TESOURA PARA CORTAR CHAPAS MANUAL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25596", "065")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25596", " Compressor Wayne W900 60 pés")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25530", "067")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25530", " GRUPO GERADOR NEGRINI 1000KVA MOTOR MERCEDES MTU - 07/2001 ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25508", "068")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25508", " GRUPO GERADOR NEGRINI 275KVA MOTOR MWM 232 ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25511", "069")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25511", " ALTERNADOR PARA GRUPO GERADOR TOSHIBA 275KVA  - COD. 129")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25518", "070")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25518", " FERRAMENTA PARA ARADO DE TERRA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25526", "075")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25526", " ENFARDADEIRA PARA REFRIGERANTES 3X2(GARRAFAS DE 2 LITROS) EM INOX POLY PACK")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25533", "080")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25533", " CILINDRO DE GÁS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25512", "085")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25512", " PUNCIONADEIRA PARA CHAPAS FRANHO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25593", "092")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25593", " Compressor Carretinha Worthington 160 pés Motor Mercedes no estado")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25517", "094")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25517", " 2 MOTORES DE CORRENTE CONTÍNUA 30CV")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25509", "095")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25509", " MOTOR GE 75CV 6 POLOS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25590", "096")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25590", " Compressor Primax 40 pés ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25514", "098")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25514", " MOTOREDUTOR 5CV")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25519", "101")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25519", " CHILLER MECALOR 75000 KCAL")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25525", "102")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25525", " GERADOR DE ENERGIA À DIESEL 5000W MDG-5000CLE MOTOMIL USADO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25540", "103")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25540", " ELEVADOR DE CARGA 4 M DE ALTURA, MESA 1,2X1,0M ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25597", "104")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25597", " Compressor Wayne W900 Duplo 120 pés")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25604", "105")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25604", " Compressor Delve 80 Pés 30cv")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25542", "106")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25542", " MOTOBOMBA DE INÓX A DIESEL MOTOR MERCEDES ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25541", "107")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25541", " 4 REDUTORES E 1 VARIMOT")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25545", "108")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25545", " 2 REDUTORES, 1 EXAUSTOR, 1 MOTOR, 1 BOMBA D´ÁGUA E UM TRANSFORMADOR")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25543", "109")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25543", " MOINHO MARTELO FLOCADOR")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25544", "110")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25544", " CABINE DE SEGURANÇA C250 X H210CM X L120CM")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25546", "111")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25546", " 2 MÁQUINAS DE SOLDA BR425 NO ESTADO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25549", "112")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25549", " 5 FURADEIRAS DE BANCADA USADAS NO ESTADO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25550", "114")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25550", " COMPACTADOR DE SOLO A GASOLINA "SAPINHO"")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25548", "118")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25548", " TROCADOR DE CALOR DE INOX")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25551", "121")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25551", " ROSQUEADEIRA P/ TUBOS ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25547", "124")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25547", " DOBRADEIRA DE TUBOS MANUAL HIDRAÚLICA ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25553", "128")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25553", " FRESADORA UNIVERSAL TOS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25552", "130")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25552", " RETÍFICA PLANA TOS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25554", "152")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25554", " TUPIA PARA MADEIRA FAMAG FOBRASA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25555", "156")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25555", " MUNCK 5 TONELADAS")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25556", "157")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25556", " CARRINHO HIDRÁULICO DE ELEVAÇÃO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25558", "171")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25558", " FRESA COPIADORA P/ MADEIRA HARWAR FC 1600")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25557", "174")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25557", " TUPIA PARA MADEIRA INVICTA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25560", "190")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25560", " ALTERNADOR PARA GRUPO GERADOR 150-180KVA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25603", "202")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25603", " Compressor Primáx 40 pés ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25559", "223")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25559", " MÁQUINA DESCASCA FIO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25561", "224")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25561", " LAMINADOR ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25562", "234")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25562", " MINI TRATOR DUMPER GAMMA COBRA 850AC, 2008")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25594", "243")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25594", " Torno Automático Gauthier")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25563", "247")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25563", " CORTINA DE REFRIGERAÇÃO HITACHI")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25564", "266")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25564", " GRUPO GERADOR DE 500KVA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25565", "274")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25565", " BATEDOR PLANETARIA DE INÓX USIRAM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25566", "285")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25566", " ELETROÍMÃ PARA SUCATA ESCAVADEIRA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25567", "286")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25567", " ESCAVADEIRA POCLAIN")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25568", "287")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25568", " GUINCHO AUSTIN-WESTERN 6 TONELADAS")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25569", "291")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25569", " REDUTOR FALK SEM EIXO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25570", "315")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25570", " GUINCHO KRANICAR TIPO CANARINHO 9 TONELADAS")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25592", "317")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25592", " Eletroímã Italindustria para esteira")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25571", "333")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25571", " MOTOR A DIESEL TRAMONTINI")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25572", "347")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25572", " LAMINADOR PARA CERÂMICA, TIJOLO VERMELHO, ARGILA, MARCA BONFANTI")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25602", "349")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25602", " Esteira Transportadora para Cerâmica (1 unid.)")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25600", "350")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25600", " Esteira Transportadora para Cerâmica (1 unid.)")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25608", "406")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25608", " Torno Harrison 190 1800 x 460")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25595", "411")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25595", " Compressor Wayne 60 pés")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25601", "415")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25601", " Compressor Parafuso GA22 no estado")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>