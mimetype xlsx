--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4109", "071")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4109", "GM/VECTRA SEDAN ELEGANCE, 2008/2009, ALCO/GASOL, COR PRATA. - VALE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4111", "072")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4111", "M. BENZ C180 CGI, ANO/MOD 10/11, COR AZUL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4078", "8025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4078", "GM/MERIVA 1.8 PREMIUM EASYTRONIC, ANO/MOD 2009/2010, COR PRATA, SESC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4092", "8026")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4092", " FIAT/IDEA ESSENCE 1.6, ANO/MOD 2013/2013, COR CINZA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4089", "8027")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4089", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. SESC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4093", "8028")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4093", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR VERMELHA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4085", "8029")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4085", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4077", "8030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4077", "VW/GOL 1.6 POWER, ANO/MOD 2009/2009, COR PRATA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4076", "8031")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4076", "VW/GOL 1.6 POWER, ANO/MOD 2009/2009, COR PRATA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4091", "8032")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4091", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4081", "8033")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4081", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4082", "8034")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4082", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4080", "8035")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4080", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4086", "8036")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4086", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4079", "8037")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4079", "GM/MERIVA 1.8 PREMIUM EASYTRONIC  ANO/MOD 2009/2010, COR PRATA, SESC")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4087", "8038")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4087", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4084", "8039")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4084", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4083", "8040")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4083", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4088", "8041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4088", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. SESC")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4090", "8042")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4090", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. - SESC")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4104", "8043")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4104", "RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR VERMELHA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4094", "8046")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4094", " I; VW TOUAREG 3.6 V6; CINZA; 2011; 2011; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4096", "8047")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4096", " I; VW TOUAREG V6; PRATA; 2010; 2010; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4095", "8048")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4095", " I; VW TIGUAN 2.0 TSI; PRETA; 2011; 2012; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4097", "8049")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4097", " I; VW JETTA VARIANT; CINZA; 2011; 2012; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4107", "98016")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4107", "CONTROLADOR DMX E MODULO LASER VEJA RELAÇÃO COMPLETA DESCRITIVO DE ITEN -SESC")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4105", "98019")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4105", "PROJETOR MULTIMÍDIA SONY LCD - SESC")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4099", "98020")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4099", "DESEMPENADEIRA INVICTA C/MOTOR, SESC")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4100", "98021")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4100", "DESEMPENADEIRA ACERBI DES-2, SESC")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4101", "98022")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4101", "NO-BREAK CM INTELIGENTE HT 10/454 10KVA SESC")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4102", "98023")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4102", "SERRA DE FITA INVICTA C/MOTOR ARNO - SESC")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4103", "98024")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4103", "SERRA CIRCULAR INVICTA VENUS SESC")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4106", "98044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4106", "MESA DE COMANDO DIGITAL NSI MC-7424 - SESC")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4098", "98045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4098", "QUADRO ELÉTRICO - SESC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>