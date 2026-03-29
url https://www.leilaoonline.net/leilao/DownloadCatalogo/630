--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25407", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25407", "CAMINHÃO; M BENZ 2219; 1979/1979; BRANCA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25401", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25401", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25408", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25408", "CAMINHÃO; M BENZ 2013; 1980/1981; VERMELHA; DIESEL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25402", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25402", "CAMINHÃO DAF/GINAF X5376T 10X6 CAP. CARGA 54TON., 2007/2007, DIESEL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25409", "204")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25409", "CAMINHÃO; M BENZ LK 2213; 1981/1982; BRANCA; DIESEL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25403", "205")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25403", "GUINDASTE GROVE TMS 300 37 TONELADAS E 42 METROS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25411", "206")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25411", "ÔNIBUS  M.BENZ 371R, 1991/1991, AMARELO; DIESEL;")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25412", "207")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25412", "EMPILHADEIRA 7 TON HYSTER H150J - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25410", "210")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25410", "BICICLETA ELÉKTRICA DREAM BIK COM BAÚ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25413", "211")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25413", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25405", "215")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25405", "PÁ CARREGADERA; MARCA LIUGONG; MODELO 816C")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>