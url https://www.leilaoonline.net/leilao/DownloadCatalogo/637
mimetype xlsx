--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2651 +269,2323 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25738", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25738", "  Sucata tempra Ouro 1994 - sem documento")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25742", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25742", "  Sucata C3 2006 - sem documento")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25750", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25750", "  Sucata s10 2006 sem mecanica - sem documento")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25755", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25755", "  Sucata Monza 1986 e Civic - sem documento")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25747", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25747", "  Sucata Ecosport 4x4 2004 - sem documento")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25740", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25740", "  Sucata golf 1.6 2000 - sem documento")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25749", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25749", "  Sucata Kia Picanto EX3 2010 - sem documento")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25754", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25754", "  Sucata de Golf 2.0 2000 - sem documento")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25743", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25743", "  SUCATA XSARA 1999  - sem documento")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25748", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25748", "  Sucata meriva 2005 ,  zafira 2004 , palio wekeend 1997  - Sem documento (LOTE ÚNICO englobando lotes 10,11,12 respectivamente)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25744", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25744", "  Lote com 3 Sucatas Blazer viatura - sem documento (LOTE ÚNICO englobando lotes 13,14 e 15 respectivamente)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25756", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25756", "  Lote com 4 Sucatas: Vectra Gls 1994, Vectra Gls 1998, Vectra Gls 1995, Vectra Gls 1999, - sem documento (LOTE ÚNICO englobando lotes 16,17,18,19 respectivamente)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25746", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25746", " VARREDEIRA DE ASPIRAÇÃO 636 - FUNCIONANDO.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25753", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25753", "  IVECO 5516 2009 DIESEL PL: EKZ-4538. CH.:93ZK53B0198409012")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25751", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25751", "  ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2011; H: 3400; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25739", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25739", "  GUINDASTE; MARCA: SANY; MODELO: STC 75; 2013/2013; PL.: LQW-7181; CH.: 962S7543XDS000012; CAPACIDADE: 75 T; KM: 5000; HORÍMETRO: 1600 H.(CONFIRA VÍDEO)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>430.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25752", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25752", "  MOTO DE TRILHA - TTR 230 SEM DOCUMENTO - EQUIPADA - ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25757", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25757", " Passat Variant BLINDADO 2.0 turbo tfsi 2006/2007 (Documento não consta blindado. Regularização por conta do comprador.)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25741", "027")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25741", "  Lote com: 2 compactadores de lixo.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25762", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25762", "ROLO COMPACTADOR PÉ DE CARNEIRO; MARCA: XCMG; MODELO: XS120PD; ANO: 2011; TRAÇADO; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25763", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25763", "TRATOR DE ESTEIRA; MARCA: NEW HOLLAND; MODELO: D-130; ANO: 2005; CH.: N5ACO1035. OBS.: BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25923", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25923", " CAMINHÃO MB 1313 TURBINADO; 1981/1981; BRANCA; DIESEL; PL.: KUE-1352 CH.:34500312539228; PNEUS: NO ESTADO. OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25917", "031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25917", " CAMINHÃO MB 1418 1996/1996 ; PL.: PPJ-8783; CH. 9BM384114TB084444; RENAVAM: 01068867482")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25920", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25920", " BAÚ - APROX. 4M")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25913", "035")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25913", " Sucata - HILUX CD 4X4 STD 2015/2015 - SUCATA - PL.: PPI-5747 CH.: 8AJFY22G4F8025971 - SEM DOCUMENTO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25934", "036")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25934", " SUCATA - L200 TRITON 3.2 D 2009/2010- SUCATA SEM DOCUMENTOS - PL.:MSU8928 - CH.: 93XJRKB8TAC914952 - SEM DOCUMENTO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25935", "037")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25935", " SUCATA - PAJERO HPE 3.2 D 2006/2007- SUCATA SEM DOCUMENTOS - PL.:AAV-5559 - CH.: JMYLYV78W7JA00156 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25924", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25924", " SUCATA- IVECO DAILY 1999/1999- SUCATA SEM DOCUMENTOS - PL.: LCW8503 - CH.: ZCFC35701XD099077 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25914", "039")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25914", " Toyota Bandeirante 1995")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25936", "040")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25936", " Caminhão MB 1718 2011 Com carreta cegonheira - Não acompanha tratores")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25928", "042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25928", " Jogo de 4 Rodas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25921", "043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25921", " Compressor de ar. Motor Scania")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25930", "044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25930", " Lote com 2 motores Perkins Diesel")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25926", "045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25926", " Lote com 10 Máquinas selecionadoras de café. Motor elétrico.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25927", "046")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25927", " Escavadeira Fiat")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25915", "047")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25915", " Escavadeira S-90")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25919", "048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25919", " Aprox. 100 toneladas de molas diversas. (preço por kg). O lote será pesado no carregamento.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25918", "049")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25918", " Compressor 2 eixos.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25916", "050")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25916", " Compressor de ar. Motor Perkins")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25933", "051")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25933", " Rolo rebocado Duplo")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25937", "052")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25937", " Bomba D'agua")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25929", "053")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25929", " Patrol CBT 2105 Motor mercedes")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25931", "054")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25931", " Guindaste Krane-kar 9Ton")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25922", "055")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25922", " Guindaste Madal 9 Ton.Motor mercedes.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25912", "056")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25912", " Trator Hanomag Raridade")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25939", "057")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25939", " Par de rodas de Tábua para Pântano ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25941", "058")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25941", " Rolo pata 1 tambor. Renovável.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25947", "059")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25947", " Sucata de trator CBT")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25945", "060")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25945", " Patrol Cat")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25940", "061")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25940", " Sucata de w36. Motor Scania")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25946", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25946", " Rolo Liso. Motor mwm 4cc")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25944", "063")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25944", " Trator Ford 6600")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...366 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25949", "064")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25949", " Lote com: Sucata w20 e Sucata cat 930")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25942", "065")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25942", " Motoniveladora Patrol Com escarificador traseiro. Motor Scania turbo.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25950", "066")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25950", " Trator CBT 1090")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25948", "067")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25948", " Sucata de Patrol Fiat FC 140")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25943", "068")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25943", " Motor e gerador")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25938", "069")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25938", " Trator MF 235")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25951", "070")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25951", " Retro MF 86")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25952", "071")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25952", "Rolo rebocador Duplo")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25953", "072")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25953", "Caminhão MB 1113 Azul 4x4 Ano:1978 ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25954", "073")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25954", "Caminhão MB 710 Plus 2010")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25955", "074")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25955", "Sucata de retro CASE 580")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25956", "075")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25956", "2 rodas de alumínio")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25957", "076")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/25957", "Sapinho elétrico.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26114", "077")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26114", "AUDI A4 AVANT 1.8T 2004")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26115", "078")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26115", "MOTOR DETROIT V6")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26116", "079")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26116", "MOTOR GM DIESEL")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26117", "080")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26117", "MOTOR 355/6 MERCEDES")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26118", "081")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26118", "MOTOR 355/6 LA MERCEDES")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26119", "082")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26119", "MOTOR MWM 3CC")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26120", "083")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26120", "MOTOR K20B 6354")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26121", "084")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26121", "CAMINHÃO MB 1618 1994 CARROCERIA ABERTA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26122", "085")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26122", "CAMINHÃO SCANIA P420 2005")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...25 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26123", "086")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26123", "CAMINHÃO MB 912 1989 REFORMADO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...143 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26124", "087")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26124", "TRATOR VALMET 1580")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C32" s="4" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26125", "088")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26125", "TRATOR AGRALE 4200")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26126", "089")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26126", "TRATOR VALMET 880")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26127", "090")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26127", "TANQUE")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D32" s="4" t="inlineStr">
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D34" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26130", "091")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26130", "CAMINHÃO FH12 420 6X4T 2001")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26778", "092")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/26778", "TUBO DE TROCADOR DE CALOR : MATERIAL CUPRONÍQUEL 90-10 E DOIS ESPELHOS DE CUPRONÍQUEL 90-10 TOTAL APROXIMADO 19.000KG (PREÇO POR KG).")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...1822 lines deleted...]
-      </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>15,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27046", "093")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27046", "Trailer Horse 2007 1.2ton")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>