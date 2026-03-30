--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4168", "072")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4168", "M. BENZ C180 CGI, ANO/MOD 10/11, COR AZUL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4127", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4127", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4128", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4128", " HYUNDAI, I 30 2.0, 2011/2012, PRATA, GASOLINA; APR0X. 55.000KM;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4129", "205")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4129", " LAND ROVER; FREELANDER; 2004/2004, GASOLINA, PRETA; ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4135", "206")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4135", " I; KIA SOUL EX 1.6 FF MT; ANO: 2010/2011; COR VERMELHA; ALCO/GASOL.  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4137", "207")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4137", " FORD FUSION, 2006/2006, COR PRETA, GASOLINA;")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4134", "210")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4134", " VW; SAVEIRO 1.6; ANO: 2008/2009; COR: BRANCA; ALCO/GASOL.  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4126", "215")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4126", " CITROEN; C3 EXCL 14 FLEX; 2007/2008; PRATA; ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4122", "220")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4122", " DAFRA; SPEED 150 CARGO; 2009/2010; AMARELA;")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4136", "223")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4136", " FIAT, PALIO WEEKEND ADVENTURE FLEX, ANO 2009/2010, COR BEGE, ALCO/GASOLINA;  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4125", "226")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4125", "VW FOX 1.0, COR PRETA, ANO/MOD 07/08")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4112", "227")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4112", "FIAT. DOBLO EX, 7 LUGARES, ANO/MOD 02/02, COR CINZA.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4138", "228")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4138", " HONDA FIT. 1.4 LX. ANO/MOD. 12/13, COMB. FLEX. COR VERMELHA,")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4113", "229")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4113", "HYUNDAI HB20 1.6M, ANO/MOD 12/13, COR BRANCA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4114", "230")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4114", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA;")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4115", "240")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4115", " EMPILHADEIRA CATERPILLAR 2006 - GP25ZNT 2,5TON, ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4123", "241")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4123", "I. FYM FY 250, KM 10500, ANO/MOD 2008, COR PRETA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4124", "242")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4124", "HONDA CITY EX, ANO/MOD 13/14, COR CINZA AUT.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>38.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4157", "243")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4157", " RENAULT, SANDERO EXP 10 16V, 2010/2010; ALCO./GASOL.; PRATA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>