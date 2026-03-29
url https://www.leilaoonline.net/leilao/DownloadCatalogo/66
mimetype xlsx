--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4840", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4840", " CAMINHÃO VW - 17.250E MECÂNICO ANO: 2009 /2009 - SEM EQUIPAMENTO: TOCO PREFIXO: 209031 PLACA: EJL2151 RENAVAM: 153000724")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4844", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4844", " CAMINHÃO VW - 17.250E MECÂNICO ANO: 2009 /2009 EQUIPAMENTO: FACCHINI CF 1000 15 m³ TOCO PREFIXO: 209032 PLACA: EJL2154 RENAVAM: 153786337")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4842", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4842", " CAMINHÃO VW - 17.250E MECÂNICO ANO: 2009 /2009 EQUIPAMENTO: USIMECA BETA - 20 TOCO PREFIXO: 209037 PLACA: EJL2156 RENAVAM: 157108368")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4843", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4843", " CAMINHÃO VW - 17.250E MECÂNICO ANO: 2009 /2009 EQUIPAMENTO: FACCHINI CF 1000 15 m³ TOCO PREFIXO: 209117 PLACA: ELP1240 RENAVAM: 164107630")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4841", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4841", " CAMINHÃO VW - 17.250E MECÂNICO ANO: 2009 /2009 EQUIPAMENTO: FACCHINI CF 1000 15 m³ TOCO PREFIXO: 209118 PLACA: ELP1239 RENAVAM: 164107142")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5133", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5133", " Caminhão  VW - 17.250E Equipamento: USIMECA BETA - 15 m³ ANO: 2010/2010 PLACA: LPO7324 Renavam: 203608577 Prefixo:  210008 TOCO Trans: AT  - RIO GRANDE/RS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5129", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5129", " Caminhão  VW - 17.250E Equipamento: USIMECA BRUTUS - 20YD³ C/ DI ANO: 2011/2012 PLACA: ISP2633 Renavam: 404333370 Prefixo:  211060 TOCO Trans: AT")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5134", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5134", " Caminhão  VW - 17.250E Equipamento: USIMECA BRUTUS - 20YD³ C/ DI ANO 2011/2012 PLACA: ISP2724 Renavam: 404336540 Prefixo:  211062 TOCO Trans: AT")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5131", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5131", " Caminhão  VW - 17.250E Equipamento: USIMECA BRUTUS - 20YD³ C/ DI ANO:2011/2012 PLACA: ISP2497 Renavam: 404329640 Prefixo:  211069 TOCO Trans: Mec")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5132", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5132", " Caminhão  VW 8.120  EURO3 ANO : 2011/2012 Equipamento: FACCHINI FACCHINI CARROCERIA CARGA SECA - AÇO / FACCHINI GUINDASTE HIDRÁUL ART 4T F4S 2H  ISP2650 Renavam: 404334024 Prefixo:  211079 TOCO ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5130", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5130", " Caminhão  FORD CARGO ANO: 2002/2002- 1622 Equipamento: EQUITRAN RECICLER - 20 m³ PLACA: DIB6142 Renavam: 783085222 Prefixo:  202064 TOCO Trans: Mec")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5182", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5182", " Caminhão  VW 24.220 Equipamento: GRIMALDI POLIGUINDASTE TRIPLO PLACA:  EFU9795  Renavam: 195868404 Ano 2009 TRUCADO Trans: Manual")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5183", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5183", " Compactainer Patrim. 116; 713; 714; 715; 704")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5181", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5181", " Lifter 2 (Dois) Patrm. 1155; 1156")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5258", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5258", "BALANÇA RODOVIÁRIA DIGITAL- 820PITLES")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>