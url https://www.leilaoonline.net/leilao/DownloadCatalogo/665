--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27866", "2093")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27866", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2009, FR163133, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27867", "2094")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27867", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2009, FR163132, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27868", "2095")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27868", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2008/2009, FR16330, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>95.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27869", "2096")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27869", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2008/2009, FR16328, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27865", "2097")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27865", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2008/2009, FR16327, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>65.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27864", "2098")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27864", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2007/2008, FR163100, CARROCERIA TANQUE COMB. INCENDIO, UND JATAI")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27816", "2099")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27816", " CAMINHÃO VW/BMB 31320 6X4, ANO2011/2012, FR88182, UND GASA ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27827", "2100")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27827", " TRATOR VALTRA BH210I 4X4, ANO 2015, SÉRIE V2104086651, FR188939, UND GASA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27820", "2101")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27820", " TRATOR VALTRA BH210I 4X4, ANO 2015, SÉRIE V210409373, FR188942, UND GASA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27821", "2102")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27821", " TRATOR VALTRA BH210I 4X4, ANO 2015, SÉRIE V210409376, FR188943, UND GASA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>76.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27817", "2103")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27817", " TRATOR VALTRA BH210I 4X4, ANO 2015, SÉRIE V210409370, FR188941, UND GASA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27814", "2104")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27814", " ONIBUS M. BENZ/ OF 1318, ANO 1990/1991, FR88141, UND GASA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27815", "2105")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27815", " ONIBUS M. BENZ/ OF 1318, ANO 1991/1992, FR88140, UND GASA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27823", "2106")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27823", " CARRETA PARA CALCARIO SOLLUS, FR86936, UND GASA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27826", "2107")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27826", " CARROCERIA COMBOIO, FR112290, UND GASA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27825", "2108")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27825", " CARROCERIA COMBOIO, FR112289, UND GASA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>19.950,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27831", "2109")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27831", " CULTIVADOR  IMPLEMENTO DMB 2 LINHAS, FR88828, UND GASA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27830", "2110")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27830", " CULTIVADOR  IMPLEMENTO DMB 2 LINHAS, FR88829, UND GASA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27819", "2112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27819", " MOTO GERADOR, FR102532, UND GASA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27822", "2113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27822", " DOLLY GUERRA, FR88561, (VENDA SEM DOCUMENTO), UND GASA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27824", "2114")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27824", " GRADE, FR103228, UND GASA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27828", "2115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27828", " CARROCERIA TRANSBORDO ANTONINI, S/FR, UND GASA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27832", "2116")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27832", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE MX40C401174, FR88472, UND GASA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27834", "2117")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27834", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE MX40C401177, FR88473, UND GASA ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27833", "2118")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27833", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE ZACF40645, FR88490, UND GASA ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27829", "2119")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27829", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE ZACF40682, FR88479, UND GASA ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27835", "2120")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27835", " SUCATA DE REBOQUE C/ CARROCERIA TRANSBORDO CANA PICADA, FR121202, UND GASA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.950,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27837", "2121")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27837", " CARROCERIA TRANSBORDO ANTONINI 6T, FR96175, UND GASA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27839", "2122")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27839", " SUCATA DE MOTOR J.DEERE E 2 MACACOS JACARÉ E CÂMBIO, S/FR, UND MUNDIAL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27840", "2123")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27840", " 2 LAVADORAS (kidde e karcher), 2 BEBEDOURO E SUCATA DE ESTUFA, S/FR, UND MUNDIAL")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27836", "2124")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27836", " GM/S10 ADVANTAGE D, FLEX, ANO 2010/2011, FR112107, UND MUNDIAL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27841", "2126")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27841", " CARROCERIA DE CANA PICADA AZUL, FR112312, UND MUNDIAL")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27847", "2127")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27847", " CARROCERIA TRANSBORDO SERMAG AZUL, FR97027, UND MUNDIAL")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27843", "2128")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27843", " CARROCERIA DE CANA PICADA 6 T, FR112816, UND MUNDIAL")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27842", "2129")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27842", " TRATOR VALTRA BH 210I 4X4, ANO 2014, SÉRIE V210374087, FR81527, UND BENALCOOL")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27846", "2131")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27846", " TRATOR VALTRA BH 210I 4X4, ANO 2009, SÉRIE H205255128, FR163440, UND BENALCOOL")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27855", "2132")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27855", " TRATOR VALTRA BH 210I 4X4, ANO 2009, SÉRIE H205255131, FR163442, UND BENALCOOL")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27854", "2133")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27854", " I/RENAULT CLIO PRI 16 16VS, FLEX, ANO 2008/2009, S/FR, UND BENALCOOL")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27845", "2134")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27845", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE ZACF40766, FR49547, UND BENALCOOL")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27848", "2135")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27848", " TRATOR VALTRA 205I 4X4, ANO 2011, SÉRIE 2011, SÉRIE H205288907, FR360667, UND BENALCOOL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27850", "2138")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27850", " TRATOR J.DEERE 7195J 4X4, ANO 2012, SÉRIE BM7195JCC156, FR360668, UND BENALCOOL")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27852", "2139")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27852", " TRATOR J.DEERE 7715 4X4, ANO 2010, SÉRIE BM7715XPAH090526, FR115548, UND BENALCOOL")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27860", "2144")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27860", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, SÉRIE ZACF40769, FR91434, UND BENALCOOL")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27859", "2145")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27859", "1 COLUNA DE DESTILAÇÃO A, S/FR, UND BENALCOOL")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>30.850,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27858", "2147")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27858", " CARROCERIA TRANSBORDO SERMAG 6T, S/FR, UND UNIVALEM")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27861", "2148")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27861", " CARROCERIA TRANSBORDO ANTONIOSI 6T, S/FR, UND UNIVALEM")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27863", "2149")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27863", " GARRA DE MOENDA PATRIMONIO 148292, UND DESTIVALE")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27862", "2150")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/27862", " 2 CABINES DE PLANTADORA DMB, S/FR, UND DESTIVALE")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>