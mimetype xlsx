--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2907 +269,2547 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28103", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28103", " TRANSFORMADOR WEG. 1000 KVA.  ANO 2000. TIPO 1014,137 Nº 73183, 13,80 KV 380 V ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28110", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28110", " Lote com: 12 un. de ROSCA DE TRIGO TUBULAR ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>47.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28098", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28098", " Lote com: 1 ELEVADOR DE CANECAS PEQUENO - TRIGO 20,0M E 1 ELEVADOR DE CANECAS GRANDE - TRIGO 32,0 M  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28113", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28113", " Lote com: 5 un. de TRANSPORTADOR DE SACARIAS MOD. DALLA, TIPO TPS 6500, ANO 1983, SÉRIE 31283, MARCA CÁDIMA E 4 ESTEIRAS TRANSPORTADORAS -  DIVERSAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28106", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28106", " 1 SILO METÁLICO SULTANK, DIAM. 2,80 MX9,00 M E 1 FUNIL DA BASE DO SILO, ROTOFLOW VIBRADOR PARA SILO SULTANK, VIMOT 0,5 HP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28100", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28100", " 1 SILO METÁLICO  DIAM. 2,80 MX9,00 M  E 1 FUNIL DA BASE DO SILO, ROTOFLOW VIBRADOR ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28105", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28105", " 1 SILO METÁLICO  DIAM. 2,80 MX9,00 M  E 1 FUNIL DA BASE DO SILO, ROTOFLOW VIBRADOR ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28111", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28111", " 1 SILO METÁLICO  DIAM. 2,80 MX9,00 M  E 1 FUNIL DA BASE DO SILO, ROTOFLOW VIBRADOR ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28102", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28102", " SILO METÁLICO PULMÃO MAQ. ENSAQUE / DIAM. 2,00 MX4,00 M")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28107", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28107", " SILO METÁLICO  DIAM. 2,80 MX9,00 M")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28101", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28101", " ELEVADOR DE CANECAS PARA FARELO, CAPACIDADE 4 TON/H, 12,00 M. COM MOTOR 1,5 HP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.180,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28112", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28112", " SILO METÁLICO 45 TONELADAS DIAM. 2,99 MX19,65M")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>29.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28109", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28109", " SILO METÁLICO 45 TONELADAS DIAM. 2,99 MX19,65M")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>29.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28108", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28108", " SILO METÁLICO 45 TONELADAS DIAM. 2,99 MX19,65M")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>29.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28099", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28099", " ELEVADOR DE CANECAS PARA FARINHA 20,00 M")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28104", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28104", " ELEVADOR DE CANECAS PARA FARINHA 19,00 M")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28114", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28114", " SILO METÁLICO PARA ENSACAMENTO, DIAM. 1,20MX4,80 M")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>17.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28116", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28116", " SILO METÁLICO PARA ENSACAMENTO, DIAM. 1,20MX4,80 M")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>17.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28115", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28115", " SILO METÁLICO DIAM. 2,20 MX10,00XM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28118", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28118", " SILO METÁLICO DIAM. 2,20 MX10,00XM")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28120", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28120", " ELEVADOR DE CANECAS MARCA UDILLO A . COPPI, MOD. 4LMS-8, CAP 15 T/H")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28117", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28117", " EMPACOTADEIRA DE 1 KG INDUMAK, SEMI-AUTOMÁTICA. MM-1000")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>19.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28119", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28119", " EMPACOTADEIRA DE 1 KG, AUTOMÁTICA, VERTICAL, MARCA FABRIMA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28121", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28121", " ELEVADOR DE CAÇAMBAS MET., MOD. ELMS-7, MOTOREDUTR ACOPLADO COPPI E CIA LTDA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.920,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28124", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28124", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28125", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28125", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28122", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28122", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28123", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28123", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28128", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28128", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28127", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28127", " SILO DE DESCANSO, METÁLICO, 56,3 TONELADAS DIAM. 2,99 MX24,60 M")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28126", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28126", " ELEVADOR DUPLO TRIGO LIMPO, 12 TON/H, 22,00 MT C/ MOTOREDUTOR ACOPLADO 3 CV")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.520,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28129", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28129", " Lote com: 6 DOSADORES DIVERSAS MARCAS E MODELOS. SENDO:  1 DOSADOR SANGATI, TIPO SDT-2, MATRIC. 1040, ANO 84 / 1 DOSADOR SANGATI , TIPO SDT, MATRIC.1041, ANO 84 / 1 DOSADOR SANGATI , TIPO SDT-2, MATRIC. 1039. ANO 84 / 1 DOSADOR OCRIM, MOD. MI 20, MATRIC. LL 377 / 1 DOSADOR OCRIM, MOD. MI 20, MATRIC")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>9.880,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28132", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28132", " Lote com: CONJUNTO DE ACIONAMENTO DOS CILINDROS COMPOSTO POR: EIXO, POLIAS, MANCAIS, CORREIAS, MOTOR WEG DE 75 CV, Nº 4085958, 7 MANCAIS, EIXO DIAM. DE 3"X11,00M")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28133", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28133", " Lote com: CONJUNTO DE ACIONAMENTO DOS CILINDRO COMPOSTO POR : EIXO, POLIAS, MANCAIS, CORREIAS, MOTOR WEG DE 100 CV MOD. 250S MD330, 11 MANCAIS, EIXO DIAM. 2"1/2 X13,50M")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28134", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28134", " Lote com: CONJUNTO DE ACIONAMENTO DOS CILINDRO COMPOSTO POR : EIXO, POLIAS, MANCAIS,CORREIAS, MOTOR WEG DE 75 CV ,8MANCAIS, EIXO DIAM.3"X12,00M")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28136", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28136", " Lote com: 08 DESTACADORES, SENDO:  DESTACADOR MDL MARCA BUHLER Nº 34012261 / DESTACADOR MDL MARCA BUHLER Nº 34012260/ DESTACADOR MDL MARCA BULHER Nº 34009644/ DESTACADOR MDL MARCA BULHER Nº 34009645/ DESTACADOR MDL MARCA BUHLER, Nº 34012299/ DESTACADOR MDL MARCA BUHLER, Nº 34009646/ DESTACADOR MDL ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>32.960,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28135", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28135", " Lote com: 09 DESAGREGADORES, SENDO: DESAGREGADOR COM MOTOR 5 CV MARCA BULHER, Nº 34012258/ DESAGREGADOR COM MOTOR 5 CV MARCA BULHER, Nº 34009641/ DESAGREGADOR COM MOTOR 5 CV MARCA BUHLER, Nº 34009642/ DESAGREGADOR COM MOTOR 5 CV MARCA BUHLER, Nº  34012257/ DESAGREGADOR BUHLHER, 10CV, Nº 34009643/ D")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28131", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28131", " CILINDRO DE MOAGEM SIMON, Nº 50848 ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28138", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28138", " CILINDRO DE MOAGEM SIMON, Nº 50851")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28139", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28139", " CILINDRO DE MOAGEM SIMON, Nº 50846")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28137", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28137", " CILINDRO DE MOAGEM SIMON, Nº 50860")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28141", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28141", "  CILINDRO DE MOAGEM PROKOP, ANO 1993, TIPO M4 1000250")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28140", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28140", "  CILINDRO DE MOAGEM PROKOP, ANO 1993, TIPO M4 1000250")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28142", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28142", " CILINDRO DE MOAGEM PROKOP, ANO 1993, TIPO M4 1000250")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28143", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28143", " CILINDRO DE MOAGEM NAGEMA, TIPO GM 421A03, Nº 26143,  1989")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>23.800,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28144", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28144", " CILINDRO DE MOAGEM SIMON, Nº 50524")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28145", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28145", " CILINDRO DE MOAGEM SIMON Nº 50853")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28146", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28146", " CILINDRO DE MOAGEM SIMON, Nº 50383")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28130", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28130", " CILINDRO DE MOAGEM SIMON, Nº 50386")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28147", "061")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28147", " ELEVADOR DE CANECAS PARA FARINHA 13,00 M")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28149", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28149", " ELEVADOR DE CANECAS PARA FARINHA 17,00 M")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28148", "063")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28148", " ESCOVADEIRA BULHER PEQUENA, Nº 34009655")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28156", "065")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28156", " CILINDRO DE MOAGEM SIMON, S/N")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28151", "066")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28151", " CILINDRO DE MOAGEM SIMON, S/N")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28150", "067")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28150", " POLIDORA DE TRIGO SANGATI C/ MOTOR DE 20 CV COM TARARA DE ASPIRAÇÃO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28152", "068")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28152", " ROSCA TRIPLA METÁLICA, (6,10X0,80)M, MOTOR WEG 3 CV")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28154", "069")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28154", " ROSCA TRIPLA METÁLICA, (6,10X0,80)M, MOTOR EBERLE 1,5 CV")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28153", "070")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28153", " CANCELA DE ENTRADA PPA 5M")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28157", "071")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28157", " Lote com: DOSADOR MISTURADOR DE ADITIVOS LEROY SOMER, REDUTOR 3 R1703, TIPO CBA 4 SB 3/ DOSADOR MISTURADOR DE ADITIVOS LEROY SOMER, MOTOR TIPO MF A63S/ DOSADOR MISTURADOR DE ADITIVOS LEROY SOMER, MOTOR TIPO A635, Nº 160235/ DOSADOR DE MICRO INGREDIENTES, MARCA COPPI, MOD. C,-4540/200, COM DEPÓSITO ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28155", "077")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28155", " PLANSICHTER BUHLER C/ 08 COMPARTIMENTOS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>69.900,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28158", "078")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28158", " PLANSICHTER BUHLER C/ 08 COMPARTIMENTOS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>69.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28159", "079")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28159", " PLANSICHTER BUHLER C/ 06 COMPARTIMENTOS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>48.800,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28160", "080")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28160", " Lote com: SILO PULMÃO METÁLICO, DIAM. 1,20 MX4,00 P/ TRIGO E 1 BALANÇA DE FLUXO VECTRA MODELO VC/C-100 ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>20.100,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28161", "081")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28161", " Lote com: SILO PULMÃO METÁLICO, DIAM. 1,20 MX3,00 P/ TRIGO E 1 BALANÇA DE FLUXO VECTRA MODELO VC/C-100")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>20.100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28163", "082")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28163", " Lote com: 21 un. de BANCADA DE ESCLUSA (10 ESCLUSAS, 10 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28162", "083")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28162", " Lote com: 21 un. de BANCADA DE ESCLUSA (10 ESCLUSAS, 10 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28165", "084")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28165", " Lote com: 11 un. de BANCADA DE ESCLUSA (05 ESCLUSAS, 05 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28164", "085")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28164", " Lote com: 11 un. de BANCADA DE ESCLUSA (05 ESCLUSAS, 05 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28173", "086")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28173", " Lote com: 11 un. de BANCADA DE ESCLUSA (05 ESCLUSAS, 05 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28176", "087")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28176", " Lote com: 9 un. de BANCADA DE ESCLUSA (04 ESCLUSAS, 04 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28174", "088")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28174", " Lote com: 11 un. de BANCADA DE ESCLUSA (05 ESCLUSAS, 05 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28178", "089")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28178", " Lote com: 13 un. de BANCADA DE ESCLUSA (06 ESCLUSAS, 06 CICLONES E 1 MOTOR)")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28179", "093")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28179", " ROSCA TRIPLA PARA FARINHA, COM MOTOR EBERLE 7,5 CV, COM REDUTOR, (9,50X0,83X0,26)M")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28180", "096")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28180", " Lote com: CANAL DE ASPIRAÇÃO BUHLER, Nº 34009653 E 1 DESCASCADOR HORIZONTAL BUHLER, Nº 34002361")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28182", "097")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28182", " Lote com: CANAL DE ASPIRAÇÃO BUHLER, Nº 34002364 E DESCASCADOR HORIZONTAL BUHLER, Nº 340096521  ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28181", "098")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28181", " ELEVADOR DE CANECAS  APROX. 25M - 60T/HORA DUPLO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28183", "100")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28183", " Lote com: 43 GAIOLAS DE ESTRUTURA METÁLICA EMPILHÁVEIS")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28184", "101")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28184", " Lote com: CONJ. DE ESTEIRA TRANSPORTADORA DE ROLETE DIVIDIDA EM 7 PÇS DE 6 M CADA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28185", "102")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28185", " Lote com: 11 un. de PALLETS DE AÇO ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28186", "105")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28186", " CAIXA D'ÁGUA METÁLICA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28187", "109")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28187", " Lote com: 9 MOTORES E 3 REDUTORES")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28177", "110")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28177", " Lote com: 1 ELEVADOR DE CANECO PEQ. 3M COM 5 CALHAS DE AÇO CARBONO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28168", "111")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28168", " Lote com: 3 SASSORES, MÁQUINA LIMPADORA DE SEMOLA, 3 BUHLER (DESMONTADO - PODENDO FALTAR PEÇAS)")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28175", "113")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28175", " 29 MOTORES ELÉTRICOS DIVERSOS")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28172", "114")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28172", " Lote com: 27 un. de 10 ESCLUSAS E 17 POLIAS DE TAM. DIVERSOS")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28166", "115")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28166", " Lote com: 03 BANCOS DE CILINDRO BUHLER E 1 NAGEMA (PODENDO FALTAR PEÇAS)")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28170", "116")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28170", " Lote com: 4 TUBOS PENEIRAS SANGATI")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28167", "117")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28167", " Lote com:  CANECAS PARA ELEVADORES DE CANECAS (DIVERSOS)")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28169", "118")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28169", " ESTEIRA DE FECHAR PACOTE 1 KG")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28171", "120")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28171", " Lote com: APROX. 300 UNID. DE TUBOS GALVANIZADOS E AÇO CARBONO (DIVERSOS TAMANHOS)")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>17.800,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>