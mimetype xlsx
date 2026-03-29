--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -269,1979 +269,1735 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28189", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28189", " PLATAFORMA COLHEDORA DE MILHO 5 LINHAS  5/90 . Marca:  MASSEY FERGUSON . Modelo:  MOD.5190 . Ano:  2002")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28188", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28188", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28190", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28190", "PLATAFORMA COLHEDORA DE MILHO. MARCA: MASSEY FERGUSON. MOD.: 5/70. ANO 1994.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28193", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28193", "SEMEADORA 19 LINHAS MARCA TATU ANO 1983")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28191", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28191", "TRATOR Marca MASSEY FERGUSSON - Mod: 95X Ano 1975")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28192", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28192", "PLANTADEIRA Marca SLC. Mod: 7AS-2. Ano: 1994")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28445", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28445", " 02 EQUIPAMENTOS DE GINÁSTICA SENDO: 01 BIKE SPINNING KIKOS PRÓ F9 E 01 ESTAÇÃO DE MUSCULAÇÃO COM 80 KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28209", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28209", " 09 BRINQUEDOS DIVERSOS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28206", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28206", " 03 CARRINHOS DE PASSEIO PARA CRIANÇA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28202", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28202", " 03 ELETRODOMÉSTICOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28212", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28212", " MESA DE CENTRO MODELO BAÚ (ADEGA)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28195", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28195", "GM CHEVROLET 1959 - Cabine Alongada (em fase de restauração)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28226", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28226", "RARIDADE: Austin A40. Ano 1952. Relíquia para colecionadores. Para Restauração.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28196", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28196", "APROX. 50 BONÉS. MARCA SUMEMO (NOVOS SEM USO)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28197", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28197", "APROX..40 CADEIRAS DE JANTAR. MARCA LUMINI. MODELO VIEIRO MALY. (NOVAS SEM USO).")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28200", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28200", "APROX. 20 TON. DE LINTER DE ALGODÃO.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28198", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28198", "ESCAVADEIRA CASE. MOD: 90208. ANO: 2000 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>49.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28199", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28199", "MOTONIVELADORA CATERPILLAR. MOD.: PATROL 12H. ANO: 2002.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>59.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28213", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28213", " COLHEDORA DE CANA CASE MOD. A8800. ANO 2014")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28205", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28205", " COLHEDORA DE CANA CASE MOD. A8800. ANO 2014")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28203", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28203", " FORNO ELETRICO DE 3 LASTROS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28210", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28210", " FORNO A GAS TURBO MARCA PERFECTA CURITIBA MOD. PETIT")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28201", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28201", " 02 BATEDEIRAS INDUSTRIAIS MARCA LIDER.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28208", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28208", " APROX. 100 ITENS DE ELETROPORTÁTEIS DIVERSOS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28214", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28214", "  SUCATAS DE TELEFONES")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28211", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28211", " 03 PRODUTORAS DE GELO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28204", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28204", " 04 VENDING MACHINE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28215", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28215", " 04 VENDING MACHINE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28207", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28207", " 03 ILHAS DE RESFRIAMENTO /CONGELAMENTO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28216", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28216", " TURBINA (EM FUNCIONAMENTO)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28222", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28222", " APROX. 2.500 ROLAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28217", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28217", " SUCATA LAVADORA DE LOUÇAS MARCA HOBART")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28218", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28218", " BOMBA DÁGUA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28221", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28221", " BAÚ DE CAMINHÃO ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28220", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28220", " 04 EXPOSITORES ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28219", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28219", " APROX. 50 MÓVEIS DE ESCRITÓRIO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28230", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28230", " LOTE COM APROX. 300 PEÇAS SEM USO. METALFRIO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28229", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28229", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28231", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28231", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28233", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28233", " LOTE COM APROX. 50 CLIMATIZADORAS/UMIDIFICADORAS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28228", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28228", " LOTE COM 02 ARQUEADORAS  DE CAIXAS SEMI AUTOMÀTICAS. MARCA CYCLOP.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28232", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28232", " EMBALADORA/SELADORA TERMO ENCOLHÍVEL. MARCA ARAÚJO.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28227", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28227", " LOTE COM APROX. 50 UNIDADES DE LOUÇA SANITÁRIA. SENDO PIAS E VASOS DECA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28265", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28265", " ENCARDENADORA/ PERFURADORA ELÉTRICA SEMI AUTOMÁTICA.  MINIMAX PLUS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28267", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28267", " LOTE COM 05 REFRIGERADORES DUPLEX. COM DEFEITO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28268", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28268", " DUAS  BICICLETAS, SENDO: 01 A GASOLINA e 01 ELÉTRICA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28266", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28266", " COMPRESSOR WAYNE 60 PÉS E GABINE DE JATO DE GRANALHA PRESSURIZADA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28223", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28223", "Lote com 200 peças de bermudas de coton jeans. Peças novas sem defeito de excelente qualidade. Tecido Coton Jeans Tamanho P- M- G. Cores variadas entre Preto, Azul, Marrom, Verde, e Telha.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28224", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28224", "Máquina de Sorvete Multsoft. 03 Sabores. 220w. (Em funcionamento)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28225", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28225", "Lote com aprox. 2.000 peças de motocicletas. (ORIGINAIS, SEM USO)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28269", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28269", "LOTE com: 02  compressores marca Danfoss. Sendo 01 mt144 e 01 mt125 ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28315", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/28315", "CONJUNTO - SCANIA T142 H 4X2 1985/1985 DIESEL / SEMI REBOQUE GUERRA 3 EIXOS 1992/1992")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29202", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29202", " Aprox. 50 macacos hidráulicos . Com defeito")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29208", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29208", " Aprox.30 bebedouros e purificadores de água")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29207", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29207", " 05 refrigeradores.  Com defeito")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29205", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29205", " Baú térmico. 5 metros. Parede 15 cm")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29204", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29204", " Aprox. 20 coifas e depuradores")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29206", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29206", " 10 lavadoras de roupa e lava e seca")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29203", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29203", " 03 Portões galvanizados")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29219", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29219", "Notebook ASUS Transformer Book Flip TP301U . Não liga.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...1854 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29271", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29271", "01 motor 20 CV, 01 motor flangeado Web e 01 motor redutor")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>