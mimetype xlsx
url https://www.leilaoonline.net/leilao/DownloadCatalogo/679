--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29432", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29432", " 42 VENTILADORES VENTISILVA, 2 VENTILADORES LIBELL E 2 VENTILADORES NYLO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29428", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29428", " APROX. 115 DISPLAYS DIVERSOS (P/ CHINELOS, CAMISETAS, VESTIDOS, MEIAS E OUTROS - PRODUTOS DO MOSTRUÁRIO  NÃO INCLUSOS).")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29429", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29429", " PISO E FORRO. (Aproximadamente 700m2 de Loja)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29427", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29427", " APROX. 123 LUMINÁRIAS E 749 LÂMPADAS DIVERSAS.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29437", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29437", " 8 ESTANTES METÁLICAS E 8 DISPLAYS P/ TÊNIS E OUTROS.(PRODUTOS DO MOSTRUÁRIO  NÃO INCLUSOS)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29434", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29434", " APROX. 44 ARARAS DIVERSAS, 12 CARRINHOS P/ COMPRAS EM GERAL, 3 CARRINHOS P/ CAIXA DE TÊNIS E 12 BANCOS DIVERSOS.(PRODUTOS DO MOSTRUÁRIO NÃO INCLUSO)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29441", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29441", " MESAS, CADEIRAS, ARMÁRIOS, SOFÁS, ARQUIVOS, GAVETEIROS, AR CONDICIONADOS, GELADEIRAS (APROX. 23. UNID.)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29439", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29439", " APROX. 157 ESTANTES METÁLICAS C/ 4 MÓDULOS E 21 ESTANTES METÁLICAS C/ 2 MÓDULOS. ( PRODUTOS DO MOSTRUÁRIO NÃO INCLUSO)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29436", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29436", " 4 AR CONDICIONADOS TIPO SPLIT HITACHI (SEM USO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29431", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29431", " TRANSFORMADOR TRIFÁSICO À ÓLEO 500Kva")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29438", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29438", " APROX. 5500 CABIDES DIVERSOS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29426", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29426", " MANEQUINS, ARARAS, ESTANTES, BARRAS, VENTILADORES, ARMÁRIOS, DISPLAYS, BANCOS E OUTROS.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29433", "101")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29433", " CAMINHÃO VW 24.220 1995 Laranja ( Sem motor - ipva 2019 pago)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29435", "102")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29435", " CAMINHÃO MB 1618 2000 BRANCA ( Ipva 2019 pago)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29440", "103")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29440", " CAMINHÃO VW 24220 EURO3 WORKER 2008/2009 ( IPVA 2019 pago) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>60.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29430", "104")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29430", " Equipamento Roll-on 18 ton. 2009")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29449", "105")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29449", "Máquina de tratar gado Ipacol")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29450", "106")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29450", "TRATOR MF 4265 2011 ( Sem equipamento (pá) - Funcionando)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29451", "107")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29451", "PÁ CARREGADEIRA CAT 960F 1998 ( Funcionando)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>42.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29452", "108")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29452", "LAMINA DE TRATOR KOMATSU")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29453", "109")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29453", "RETRO JCB 2003 4X4 EMPLACADA  (Funcionando)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29454", "110")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29454", "CABEÇOTE PARA CORTE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29900", "111")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29900", "CAMINHÃO VW 17.250 E 2008 - (ATENÇÃO : SEM CAÇAMBA - NO CHASSI - MOTOR COMPLETO DESMONTADO) ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>