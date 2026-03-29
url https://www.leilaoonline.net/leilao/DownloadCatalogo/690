--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3227 +269,2827 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30080", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30080", " Máquina de café expresso Astória com moinho, sem porta filtros e bandeja")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30081", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30081", " Máquina de café expresso Astória com moinho, sem porta filtros e bandeja")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30074", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30074", " Dobradeira de chapas com régua de 1,30 mt")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>802,20</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30083", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30083", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30084", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30084", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30075", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30075", " Bomda de alto vácuo duplo estágio HF 110 CFM trifásico com reservatório")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30073", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30073", " Cabine para camionete D 20")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30082", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30082", " Maca de alumínio Stimed com regulagens")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30077", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30077", " Máquina de Vacum Forming")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30109", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30109", " Caçamba F100. Até ano 91 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30085", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30085", " Escrivaninha antiga em jacarandá maciço da bahia")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30078", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30078", " Camionete D-20 ano 88 turbo direção hidráulica, volante anti furto, motor novo")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30076", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30076", " Cortador de asfalto/concreto Petrotec a gasolina faltando peças")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30079", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30079", " Cortador de asfalto/concreto Petrotec a gasolina fantando peças")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30120", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30120", " Capota F1000")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30086", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30086", " Peugeot Partner ano 1.999, gasolina")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30110", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30110", " Pista fria")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30113", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30113", " 2 fornos e 1 lavadora de pratos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30087", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30087", " Seis vibradores de concreto funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30088", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30088", " Seis vibradores de concreto funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30093", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30093", " Guincho tipo girafa para 3 toneladas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30090", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30090", " Chapa de lanches elétrica")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30094", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30094", " Cabine de jato de areia por pressão de alta produção")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30091", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30091", " Refresqueira Begel 20 litros funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30092", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30092", " Lote com: 03 fritadeiras , sendo 2 eletricas e 1 a gás")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30122", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30122", " Jogo de rodas original D20")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30089", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30089", " Geladeira expositora Metalfrio (pequena) funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30095", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30095", " Cervejeira Hussman (pequena) funcionando.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30096", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30096", " Gerador de energia a gasolina")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30126", "039")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30126", " 2 portas F1000")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30098", "040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30098", " 04 bancos inteiriços com 03 cadeiras cada")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30097", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30097", " 04 máquinas de lavar roupa")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30099", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30099", " 11 Freezers")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30125", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30125", " Jogo de rodas Ford Aro 14"")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30100", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30100", " Cabeçote de compressor Waine 60 pés e motor elétrico 15Hp")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30101", "045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30101", " "Fuscão" 1.500.  VW. Ano 1971")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30102", "046")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30102", " Balcão expositor seco Gelopar")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30103", "047")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30103", " Cabine de F1.000 1.986, reformada")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30104", "048")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30104", " Compressor de ar antigo")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30105", "050")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30105", " Motor estacionário Honda 6.5 Hp")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30121", "051")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30121", " Câmara fria com controlador digital. Funcionando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30124", "054")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30124", " Balcão de aço com vitrine")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30111", "055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30111", " Mini bugg fapinha. Motor 4 tempos. Funcionando motor e parte elétrica. Em ótimo estado.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30106", "056")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30106", " Aspirador de pó industrial")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30107", "057")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30107", " Capô de F1.000 original")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30123", "059")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30123", " Fiat Siena ano 98. Em ótimo estado. Com vidros elétricos e direção hidráulica funcionando. Motor 1.6.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30108", "060")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30108", " Adega de vinhos com compressor")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30112", "063")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30112", " Câmara fria. 220v. Mecânica não testada.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30116", "066")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30116", " Mesa para mecânica de ferro.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30117", "067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30117", " Máquina de fazer gelo. Mecânica sem testes.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30114", "069")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30114", " Esteira e bicicleta ergométrica")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30115", "070")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30115", " Carroça")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30118", "071")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30118", " 02 Geladeiras Frigidare antigas")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30119", "072")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30119", "[RETIRADO]  Fiat Palio fire 2015. Único dono")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30127", "076")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30127", "Lote com; Boneca Bebê Reborn kit Mariazinha Loira")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30128", "077")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30128", "Lote com; Boneca Bebê Reborn kit Minabela")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30795", "078")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30795", " Lote com: Bebê Reborn Afro")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30798", "079")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30798", " Lote com: Bebê Reborn Corpo Inteiro em Tecido")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30796", "080")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30796", " Lote com: Bebê Reborn Diandra")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30793", "081")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30793", " Lote com: Bebê Reborn Eloise")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30794", "082")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30794", " Lote com: Bebê Reborn Kyllin")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30797", "083")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30797", " Lote com: Bebê Reborn Max")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30799", "084")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30799", " Lote com: Bebê Reborn Menina Aticus")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30800", "085")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30800", " Lote com: Bebê Reborn Menno")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30802", "086")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30802", " Lote com: Bebê Reborn Baby Kiss")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30801", "087")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30801", " Lote com: Macaco Reborn")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31147", "091")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31147", " Bebedouro industrial. 100 litros. Sem uso.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31150", "092")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31150", " Cervejeira Gelopar. 300 litros. 220V")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31149", "093")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31149", " Varredeira. Motor a gasolina. 4cc")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31151", "094")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31151", " Postes antigos de ferro fundido trabalhado. Sendo: 05 de 4 metros e 03 com 3 metros.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31148", "095")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31148", " Mini Bug Fapinha. Motor 4 tempos a gasolina. Funcionando. 1 pneu furado.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31144", "096")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31144", " Geladeira industrial 4 portas. Sem teste de funcionamento. Precisando arrumar portas.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31143", "097")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31143", " Suqueira industrial Begel. 150 litros. 220V. Funcionando.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31145", "098")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31145", " Cancela industrial elétrica. Sem teste.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31146", "099")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31146", " Jogo de bancos. Siena. Em bom estado.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30392", "101")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30392", " GERADOR À DIESEL S/ ESPECIFICAÇÕES (SEM USO)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30398", "102")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30398", " ROSQUEADEIRA RIDGID COM ACESSÓRIOS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30394", "103")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30394", " COMPRESSOR DE AR C/ MOTOR À DIESEL. OBS.: EQUIPAMENTO REFORMADO, FALTANDO APENAS A MONTAGEM")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30401", "104")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30401", " 4 MOTORES ACIONADORES MONOFASICO 1,5CV - JOWA E 1 MOTOR ACIONADOR WEBER")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30397", "105")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30397", " 5 MOTORES ACIONADORES MONOFASICO 1,5CV - JOWA E MANGOTES VIBRADORES")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30393", "106")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30393", " 7 MOTORES ACIONADORES MONOFASICO 1,5CV . OBS.: NECESSITA REPARO")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30395", "107")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30395", " MÁQUINA DE OXICORTE MANUAL PYROTOME AIR LIQUIDE 220V")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30400", "108")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30400", " 2 SERRAS DE BANCADA MAKITA 1650W")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30399", "109")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30399", " APROX. 40 CADEIRAS DIVERSAS.")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30396", "110")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30396", " 4 ARMÁRIOS DE VIDRO")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30389", "111")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30389", " LOTE COM: APROX. 52 MONITORES LCD, 05 MONITORES DE TUBO, 14 NOTEBOOKS, 05 IMPRESSORAS, 13 NOBREAKS, 54 TECLADOS, 04 SWITCHES, ALÉM DE MOUSES E CPUS DIVERSAS.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B22" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30388", "112")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30388", " 3 RACKS E SUPORTES P/ CPUS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...121 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30387", "113")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30387", " FORNO INDUSTRIAL EM INOX ETERA C/ 3 CÂMARAS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...20 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30390", "114")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30390", " CABOS DE AÇO DIVERSOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30391", "115")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30391", " MANGUEIRAS DIVERSAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30136", "201")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30136", " Guarda Roupas, madeira com mais de 100 anos, toda entalhada,madeira maciça.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...436 lines deleted...]
-      <c r="E41" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30132", "202")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30132", " Armário estante, guarda livros, madeira maciça toda entalhada commais de 100 anos.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30129", "203")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30129", " Móvel Buffet madeira maciça toda entalhada, com mais de 100 anos.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30130", "204")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30130", " Móvel Escrivaninha, madeira maciça toda entalhada, com mais de 100anos, necessita de restauro.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30133", "205")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30133", " Berço antigo com madeira maciça, madeira de mais de 100 anos.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F41" s="4" t="inlineStr">
-[...479 lines deleted...]
-      <c r="F56" s="4" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30131", "206")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30131", " Cama de Casal Madeira Maciça, toda entalhada com mais de 100 anos.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-[...57 lines deleted...]
-      <c r="F58" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30135", "207")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30135", " Móvel Cômoda Camiseira madeira maciça, toda entalhada com mais de100 anos.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-[...756 lines deleted...]
-      <c r="E82" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30134", "208")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30134", " Móvel Penteadeira madeira maciça, toda entalhada com espelho,madeira de mais de 100 anos.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F82" s="4" t="inlineStr">
-[...830 lines deleted...]
-      </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30137", "209")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30137", " Lote com: Conjunto de jantar Mesa de madeira maciça, toda entalhada, com 4cadeiras com acento em couro todo trabalhado E móvel Cristaleira em madeira maciça, toda entalhada com vidros eespelhos, móvel com mais de 100 anos.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30865", "301")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30865", "RETROESCAVADEIRA FIATALLIS. ANO 1995. DIESEL.")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>