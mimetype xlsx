--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29979", "1001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29979", "TRANSFORMADOR ELÉTRICO, FCBM S/N  ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29980", "1002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29980", "MAQUINA DE GRAMPEAR MIRUNA, Nº 03, ANO 1993, FCBM 109290-1")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29981", "1003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29981", "PERFURADOR DUPLIMATIC QUADRADO, S/Nº FCBM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29982", "1004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29982", "IMPRESSORA SCANNER KONICA MINOLTA C6500 - ANO 2010, FCBM 225464-6 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30069", "1005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30069", "39 UND DE TONER  detalhes em especificações")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.470,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29978", "1081")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29978", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192950-0")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>424,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30821", "8423")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30821", " BICICLETA ERGOMETRICA PRECOR C846U; FCBM - 192119-3 ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30849", "8426")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30849", " ESTEIRA ERGOMETRICA PRECOR C966I; FCBM - 192131-2")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31247", "8427")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31247", "BICICLETA ERGOMETRICA PRECOR C846U, FCBM192121-5")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>510,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>60.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30822", "8428")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30822", " ELIPITICO PRECOR EFX546I; FCBM - 192118-5 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30845", "8429")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30845", " ESTEIRA ERGOMETRICA PRECOR C966I; FCBM - 192128-2")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30820", "8430")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30820", " BICICLETA ERGOMETRICA PRECOR C846U; FCBM - 192123-1 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30847", "8431")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30847", " ESTEIRA ERGOMETRICA PRECOR C966I; FCBM - 192130-4")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30817", "8432")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30817", " ESTACAO DE CABOS P/EXERCICIO ARTICULADO ; FCBM - 190427-2 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30827", "8433")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30827", " APARELHO P/EXEC.CADEIRA EXTENSORA RIGHET; FCBM - 191764-1 ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30818", "8434")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30818", " BICICLETA ERGOMETRICA PRECOR C846U; FCBM - 192156-8 ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30844", "8435")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30844", " ESTEIRA ERGOMETRICA PRECOR C966I; FCBM - 192129-1")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30824", "8436")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30824", " BICICLETA ERGOMETRICA PRECOR C846U; FCBM - 192122-3 ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30846", "8437")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30846", " ESTEIRA ERGOMETRICA PRECOR C966I; FCBM - 192127-4")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30838", "8438")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30838", " APARELHO P/EXERC.ELEV-INVER LIFE GBCT; FCBM - 199113-2 ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30819", "8439")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30819", " ESTACAO DE CABOS P/EXERCICIO ARTICULADO ; FCBM - 190428-1 ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30829", "8440")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30829", " APARELHO P/EXERC.REMADA SENT.RIGUETTO; FCBM - 191762-5 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30826", "8441")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30826", " APARELHO P/EXEC.CADEIRA FLEXORA RIGHETTO; FCBM - 191765-0 ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30837", "8442")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30837", " APARELHO P/EXERC.ROTATORIOS LIFE GBJ; FCBM - 199112-4 ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30823", "8443")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30823", " APARELHO P/EXERC.SUPINO SENTADO RIGHETTO; FCBM - 191763-3 ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30841", "8444")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30841", " BICICLETA ERGOMETRICA RIGHETTO R510V; FCBM - 273913-5 ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30839", "8445")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30839", " APARELHO P/EXERC.DESENV.OMBRO MATRIX; FCBM - 230835-5 ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30825", "8446")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30825", " APARELHO P/EXEC.CADEIRA FLEXORA RIGHETTO; FCBM - 191237-2 ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30828", "8447")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30828", " APARELHO P/EXEC.CADEIRA EXTENSORA RIGHET; FCBM - 191236-4 ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30830", "8448")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30830", " APARELHO P/EXERC.REMADA SENTADO RIGHETTO; FCBM - 191796-0 ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30843", "8449")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30843", " BICICLETA ERGOMETRICA RIGHETTO R510V; FCBM - 273912-7 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30831", "8450")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30831", " APARELHO P/EXERC.ELEV-INVER LIFE GBCT; FCBM - 199111-6 ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30842", "8451")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30842", " BICICLETA ERGOMETRICA RIGHETTO R510V; FCBM - 273911-9 ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30848", "8452")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30848", " BICICLETA ERGOMETRICA RIGHETTO R510V; FCBM - 273914-3 ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31248", "8453")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31248", "TORNO *corrente* DE BANCADA RIDGI BC410, FCBM 202844-1")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30832", "8454")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30832", " APARELHO P/EXERC.SUPINO SENT.LIFEFITNESS; FCBM - 191797-8 ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30836", "8455")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30836", " LIXADEIRA ACERBI LX-2; FCBM - 78852-0 ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30835", "8456")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30835", " SERRA CIRCULAR INVICTA RT-31  ; FCBM - 116751-1 ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30833", "8457")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30833", " TORNO DE BANCADA ROCCO TS-1300; FCBM - 137480-0 ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31249", "8458")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31249", "ESTANTE P/MAT.ESPORTIVO 125X75X70 CM, FCBM209022-8")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31250", "8459")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31250", "APARELHO P/EXERC.ELEV-INVER LIFE GBZ, FCBM1875175-5")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30840", "8460")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/30840", " APARELHO P/EX REMADA MATRIX G3S34 ; FCBM - 230842-8 ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29976", "9055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29976", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198385-7")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>374,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29975", "9056")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29975", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192942-9")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>374,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29977", "9057")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29977", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198384-9")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29974", "11585")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29974", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193204-7")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>374,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29973", "11586")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29973", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193197-1")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>374,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29970", "11593")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29970", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193198-9")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29971", "11594")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29971", " BICICLETA ERGOMETRICA SPINNING, FCBM 193201-2")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29969", "11597")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29969", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193199-7")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29972", "11598")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29972", " BICICLETA ERGOMETRICA SPINNING, FCBM 198386-5")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29968", "11599")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29968", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198389-0")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29963", "12019")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29963", " BICICLETA ERGOMETRICA SPINNING, FCBM 193196-2")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29965", "12020")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29965", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193205-5")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29964", "12021")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29964", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193200-4")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29966", "12022")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29966", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193202-1")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29967", "12025")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/29967", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193206-3")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>