--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3867 +269,3387 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31296", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31296", "CONJUNTO - SCANIA T142 H 4X2 1985/1985 DIESEL/ SEMI REBOQUE GUERRA 3 EIXOS 1992/1992")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31267", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31267", " COLHEDORA DE CANA CASE MOD. A8800. ANO 2014")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31262", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31262", "ESCAVADEIRA CASE. MOD: 90208. ANO: 2000 (FUNCIONANDO)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31371", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31371", "VASSOURA MINI CARREGADEIRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31304", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31304", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31305", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31305", " BALANÇA EMPACOTADORA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31306", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31306", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31466", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31466", "APROX. 8.200 PEÇAS SENDO; 7.200 ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS) E 1000 FEMININO ADULTO.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31307", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31307", " CÂMARA FRIA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31319", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31319", "LOTE COM APROX. 40 APARELHOS DE TV")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31308", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31308", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31310", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31310", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31309", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31309", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31311", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31311", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31314", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31314", " MESA GARINPADORA E MOINHO TRITURADOR DE COBRE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31315", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31315", " JET SKI COM REBOQUE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31312", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31312", " LOTE COM APROX. 50 FERRAMENTAS MANUAIS  DIVERSAS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31317", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31317", " LOTE COM APROX. 30 CAIXAS DE SOM. MODELOS VARIADOS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31316", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31316", " 03 NOTEBOOKS DIVERSOS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31313", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31313", " EXPOSITORA DE BEBIDAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31318", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31318", " TRITURADOR /PICADOR")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31303", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31303", "01 motor 20 CV, 01 motor flangeado Web e 01 motor redutor")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31297", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31297", " 01 Portão galvanizado")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31300", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31300", " 10 lavadoras de roupa e lava e seca")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31298", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31298", " Aprox. 20 coifas e depuradores")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31299", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31299", " Baú térmico. 5 metros. Parede 15 cm")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31301", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31301", " 05 refrigeradores.  Com defeito")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31302", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31302", " Aprox.30 bebedouros e purificadores de água")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31292", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31292", " COMPRESSOR WAYNE 60 PÉS E GABINE DE JATO DE GRANALHA PRESSURIZADA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31294", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31294", "BICICLETA A GASOLINA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31341", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31341", "BICICLETA ELÉTRICA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31293", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31293", " LOTE COM 05 REFRIGERADORES DUPLEX. COM DEFEITO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31291", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31291", " ENCARDENADORA/ PERFURADORA ELÉTRICA SEMI AUTOMÁTICA.  MINIMAX PLUS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31284", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31284", " LOTE COM APROX. 50 UNIDADES DE LOUÇA SANITÁRIA. SENDO PIAS E VASOS DECA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31289", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31289", " EMBALADORA/SELADORA TERMO ENCOLHÍVEL. MARCA ARAÚJO.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31285", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31285", " LOTE COM 02 ARQUEADORAS  DE CAIXAS SEMI AUTOMÀTICAS. MARCA CYCLOP.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31290", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31290", " LOTE COM APROX. 50 CLIMATIZADORAS/UMIDIFICADORAS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31288", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31288", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31286", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31286", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31287", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31287", " LOTE COM APROX. 300 PEÇAS SEM USO. METALFRIO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31279", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31279", " APROX. 50 MÓVEIS DE ESCRITÓRIO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31280", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31280", " 04 EXPOSITORES ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31281", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31281", " BAÚ DE CAMINHÃO ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31278", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31278", " BOMBA DÁGUA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31277", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31277", " SUCATA LAVADORA DE LOUÇAS MARCA HOBART")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31282", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31282", " APROX. 2.500 ROLAMENTOS DIVERSOS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31276", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31276", " TURBINA (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31269", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31269", " 03 ILHAS DE RESFRIAMENTO /CONGELAMENTO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31275", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31275", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31266", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31266", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31273", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31273", " 03 PRODUTORAS DE GELO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31270", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31270", " APROX. 100 ITENS DE ELETROPORTÁTEIS DIVERSOS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31263", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31263", " 02 BATEDEIRAS INDUSTRIAIS MARCA LIDER.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31272", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31272", " FORNO A GAS TURBO MARCA PERFECTA CURITIBA MOD. PETIT")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31265", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31265", " FORNO ELETRICO DE 3 LASTROS")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31320", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31320", "LOTE COM: 10 COMPRESSORES (SEM USO)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31321", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31321", " BEBEDOURO INDUSTRIAL. INOX")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31323", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31323", " BEBEDOURO DUPLO DE PRESSÃO. INOX.")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31322", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31322", " SECADORA DE ROUPA. BRASTEMP.")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31327", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31327", " CADEIRAS, LUSTRI, VENTILADOR DE TETO. 6 PÇS.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31324", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31324", " PROCESSADOR DE ALIMENTOS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31328", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31328", " AMASSADEIRA RÁPIDA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31325", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31325", " UTENSÍLIOS DE COZINHA. 4 PÇS. (EXAUSTOR, LIQUIDIFICADOR, PANIFICADOR E FOGÃO)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>780,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31329", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31329", " PIA COM BANCADA 1,80. VENTILADOR DE PAREDE E EXAUSTOR.")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>980,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31326", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31326", " FATIADOR DE FRIOS VERTCAL")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>880,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31330", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31330", " LOTE COM 02 CENTRÍFUGAS")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31331", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31331", "CERVEJEIRO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31332", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31332", "CERVEJEIRO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31333", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31333", "FREEZER (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31334", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31334", "CALDEIRÃO INDUSTRIAL INOX 100 LITROS ELÉTRICO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31335", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31335", "12 AQUECEDORES SORTIDOS COM DEFEITO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31336", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31336", "APROX. 60 ÓCULOS 3D PHILCO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31337", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31337", "MESA DE CENTRO TOCO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31338", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31338", "LOTE COM APROX. 37 APARELHOS DE TV")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31366", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31366", " 3 Ventiladores industrial motor Weg 0.5 Hp")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31361", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31361", " 2 macacos hidráulicos jacaré")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31369", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31369", " Ar condicionado split duto 220 trifásico 48.000 btus")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31350", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31350", " 2 bombas weg  20 Hp")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31354", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31354", " Sucata de 02 refrigeradores Inox")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31349", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31349", "Peças de ordenhadeira")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31367", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31367", " 800 unidades de Protetor térmico Klixon. (Sem uso)")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31365", "084")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31365", " Auto rádio com reprodução de imagens")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31351", "085")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31351", " Mesa rústica")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31346", "086")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31346", " Aprox. 15 rádios de carro")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31362", "087")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31362", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31343", "088")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31343", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31345", "089")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31345", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31353", "090")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31353", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31359", "091")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31359", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31352", "092")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31352", " Cervejeira. 110v. 115 litros")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>780,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31368", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31368", " 02 climatizadores de ambiente. Marca Ventisol. 110v")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31370", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31370", " 02 climatizadores de ambiente. Marca Nell. 110v")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31363", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31363", " 2 Climatizadores /vaporizador Joape")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31348", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31348", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31355", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31355", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31360", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31360", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31342", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31342", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31344", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31344", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31358", "101")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31358", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31357", "102")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31357", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31364", "103")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31364", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31347", "104")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31347", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31356", "105")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31356", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31372", "106")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31372", "Balança digital Toledo 200kgs funcionando")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>780,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31373", "107")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31373", "Moedor de carnes boca 98. Trifásico. Funcionando")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31474", "108")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31474", "Aprox. 100 un. de sucata de cadeiras diversas (giratórias, longarinas, assentos e outros)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31528", "109")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31528", "MESA DE SINUCA. 1,85m x 1,15m")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31650", "110")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31650", "Injetora de poliuretano. Trifásica. 220v. Precisa de reparos.")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31283", "201")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31283", "Lote com 200 peças de bermudas de coton jeans. Peças novas sem defeito de excelente qualidade. Tecido Coton Jeans Tamanho P- M- G. Cores variadas entre Preto, Azul, Marrom, Verde, e Telha.")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31339", "202")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31339", "APROX. 316 SAPATILHAS NOVAS TIPO ALPARGATAS. MARCA TOMS NA COR PRETA. NUMERAÇÕES DIVERSAS")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>890,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31340", "203")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31340", "02 MÁQUINAS DE LAVAR ROUPAS. BRASTEMP (7 KG) E ELETROLUX (6 KG)")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31261", "204")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31261", "GM CHEVROLET 1959 - Cabine Alongada (em fase de restauração)")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31259", "205")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31259", "PLANTADEIRA Marca SLC. Mod: 7AS-2. Ano: 1994")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31260", "206")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31260", "SEMEADORA 19 LINHAS MARCA TATU ANO 1983")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31257", "207")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31257", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31258", "208")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31258", " PLATAFORMA COLHEDORA DE MILHO 5 LINHAS  5/90 . Marca:  MASSEY FERGUSON . Modelo:  MOD.5190 . Ano:  2002")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31473", "209")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31473", "Plantadeira tatu ano 2013 modelo PST 4 com 10 linhas de 45 cm")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31906", "210")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31906", "Rolo compactador. Mod. SP 3000.  Ano 1980")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31907", "211")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31907", "MOTONIVELADORA CAT PATROL 12 E. Ano 1980. Sem pneus. Sem cabeçote.")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31930", "214")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31930", "RARIDADE PARA COLECIONADORES: ANTIGUIDADE FORD MODELO ANGLIA.   ANO 1950.   99% ORIGINAL [ VEJA O VÍDEO ]")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>24.900,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>