--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31578", "2153")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31578", "RENAULT/LOGAN EXP 1.6, 2011/2012, BEGE - FCBM 239556-8")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31579", "2156")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31579", "RENAULT/LOGAN EXP 1.6, 2011/2012, BEGE FCBM238711-5")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.850,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31580", "2158")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31580", "RENAULT/LOGAN EXP 1.6, 2011/2012, BEGE - FCBM 238712-3  - (CÂMBIO AVARIADO)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31581", "2160")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31581", "RENAULT/LOGAN EXP 1.6, 2011/2012, BEGE - FCBM 238721-2")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.650,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31582", "2161")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31582", "I/KIA UK2500 HD SC, 2011/2012, DIESEL, BRANCA - FCBM 239619-0 ( MOTOR/CÂMBIO AVARIADO)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>