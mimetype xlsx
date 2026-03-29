--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31686", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31686", " COMPRESSOR NORTORF DE 100 PCM, 6 CABEÇOTES, (nº 12) MOTOR WEG DE 20 CV, FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31654", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31654", "ALTERNADOR PARA GRUPO GERADOR 150-180KVA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31657", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31657", " GRUPO GERADOR STEMAC 100 KVA, COM MOTOR MWM 229/6, TURBINADO, FUNCIONANDO ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31656", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31656", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31678", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31678", " GRUPO GERADOR (AUTOMÁTICO) BORDAÇOI 160 KVA, 220/127 VOLTS, MOTOR CUMMINS CTA 8.3, COMPLETO FUNCIONANDO, 172 HORAS, QUADRO LEON HEIMER")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31679", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31679", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31652", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31652", "GERADOR NEGRINI 1000KVA - 07/2001 - COD. 36")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31683", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31683", " GRUPO GERADOR CALMPS 50 KVA, GERADOR, MOTO M.BENZ 321")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31684", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31684", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31687", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31687", " GRUPO GERADOR STEMAC 40 KVA, MOTOR MWM 229/3, AUTOMÁTICO, SILENCIADO, SEMINOVO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31685", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31685", " GRUPO GERADOR STEMAC 40 KVA, MOTOR MWM 229/3, AUTOMÁTICO, SILENCIADO, SEMINOVO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31688", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31688", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31673", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31673", " COMPRESSOR PARAFUSO TOTAL PACK 20 HP USADO NO ESTADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31672", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31672", " GRUPO GERADOR STEMAC 375KVA WEG CUMMINS USADO NO ESTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31674", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31674", " GERADOR NEGRINI 1000KVA - 07/2001 - COD. 36")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31671", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31671", " COMPRESSOR WORTHINGTON 160 PÉS MERCEDES DIESEL -CÓD.92")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31651", "038")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31651", "GERADOR TRANSMILL DE AVIAÇÃO P/ PARTIDA  AUXILIAR DE  AVIÕES, POTENCIA 45 KVA , CAP 28 VCC,  16000 A PICO , 14 VCC . 8000 A ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31655", "039")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31655", "GRUPO GERADOR CATERPILLAR 500KVA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>