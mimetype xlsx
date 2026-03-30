--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4430", "201")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4430", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4426", "206")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4426", " I; KIA SOUL EX 1.6 FF MT; ANO: 2010/2011; COR VERMELHA; ALCO/GASOL.  ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4433", "210")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4433", " I; MMC AIRTREK MIVEC. ANO/MOD. 2008/2008, COMB. GASOLINA, COR CINZA,")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4693", "215")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4693", " CITROEN; C3 GLX 1.4 FLEX; 2006/2007; PRETA; ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4429", "220")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4429", " DAFRA; SPEED 150 CARGO; 2009/2010; AMARELA;")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4432", "222")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4432", " HONDA FIT. 1.5 EX. ANO/MOD. 2005/2006, COMB. GASOLINA,. COR PRETA,")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4617", "227")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4617", "FIAT. DOBLO EX, 7 LUGARES, ANO/MOD 02/02, COR CINZA.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4428", "228")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4428", " HONDA FIT. 1.4 LX. ANO/MOD. 12/13, COMB. FLEX. COR VERMELHA,")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4421", "229")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4421", "HYUNDAI HB20 1.6M, ANO/MOD 12/13, COR BRANCA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4422", "230")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4422", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA;")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4431", "235")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4431", " HONDA FIT. 1.5 EX. ANO/MOD. 12/13, COMB. FLEX. COR CINZA,")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4423", "241")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4423", "I. FYM FY 250,  ANO/MOD 2008, COR PRETA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4424", "242")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4424", "HONDA CITY EX, ANO/MOD 13/14, COR CINZA AUT.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>37.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4616", "243")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4616", " RENAULT, SANDERO EXP 10 16V, 2010/2010; ALCO./GASOL.; PRATA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>