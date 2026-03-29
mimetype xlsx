--- v0 (2025-11-04)
+++ v1 (2026-03-29)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32256", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32256", " KOMBI STANDARD 1.6 PL.: BPY4498 Ano: 1999 RENAVAM: 724673024 Chassi: 9BWZZZ237XPO13663 PREF.: 5")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32273", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32273", " KOMBI STANDARD 1.6 PL.: BPY4481 Ano: 1998 RENAVAM: 695466747 Chassi: 9BWZZZ237WPOO5906 PREF.: 23")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32268", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32268", " PEUGEOT/206  1.4  PRESENCE  5P  FLEX PL.: BPY4532 Ano: 2007/2008 RENAVAM: 160092 Chassi: 9362AKFW98B041435 PREF.: 68")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32275", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32275", " MICROÔNIBUS MARC/VOLARE w8 - OBS: motor Parcial.  PL.: JWY4166 Ano: 2004 RENAVAM: 829455736 Chassi: 93PB12B3P4CO12990 PREF.: 71")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32278", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32278", " ÔNIBUS M.BENZ /MARCOPOLO TORINO GVU PL.: LNY2094 Ano: 2002 RENAVAM: 780190165 Chassi: 9BM3840732B298100 PREF.: 73")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32274", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32274", " ÔNIBUS CAIO ALPHA PL.: BTR4824 Ano: 1998/1999 RENAVAM: 711556490 Chassi: 9BM384073WB174641 PREF.: 75")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32276", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32276", " CAMINHÃO BASCULANTE F-12000 160 FORD (ACIDENTADO) PL.: CVT0261 Ano: 1999/2000 RENAVAM: 734659407 Chassi: 9BFXK82F0YD021742 PREF.: 104")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32277", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32277", " CAMINHÃO C.H.T. PL.: BPY4449 Ano: 1986 RENAVAM: 397730128 Chassi: V022121 PREF.: 158")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32261", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32261", "(SUCATA-SEM DOCUMENTOS) AMBULÂNCIA- RENAULT-MASTER FURGÃO 2.3 (ACIDENTADO) PL.: FCY3494 Ano: 2014/2015 PREF.: 164 - chassi: 93YMAF4MCFJ507687")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32281", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32281", " FORD FUSION - parabrisa rachado.  PL.: BPY4515 Ano: 2011/2012 RENAVAM: 355473518 Chassi: 3FAHP0JA7CR139607 PREF.: 187")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32279", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32279", " ( SUCATA- SEM DOCUMENTOS)CAMINHÃO TANQUE PIPA MB-0M 352 PL.: BWO7042 Ano: 1975 RENAVAM: 264588347 Chassi: 34505011252470 REM PREF.: 204")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32272", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32272", " ÔNIBUS MB 608D PL.: CQK7493 Ano: 1978/1979 RENAVAM: 367058766 Chassi: 8089021140792.1 PREF.: 214")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32263", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32263", " MICROÔNIBUS A6 M0. OBS:  sem motor.  PL.: CWQ0747 Ano: 2004/2005 RENAVAM: 835536823 Chassi: 93PB24C2M5C013878 PREF.: 220")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32257", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32257", " ONIBUS MB. COR BRANCA PL.: BUD3289 Ano: 1997/1998 RENAVAM: 689611960 Chassi: 9BM384088VB140716 PREF.: 253")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32266", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32266", " MOTONIVELADORA 120B PL.: EQP0001 Ano: 1998 PREF.: 304")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32265", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32265", " TRATOR MF-50X PL.: EQP0022 Ano: 1979 PREF.: 411")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32267", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32267", " LOTE RETIRADO DO LEILÃO PELA PREFEITURA - TRATOR 235 PL.: EQP0035 PREF.: 448")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>0,01</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32280", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32280", " UNO MILLE FIRE 4 PORTAS. OBS: Motor sem funcionamento.  PL.: BPY4591 Ano: 2005/2006 RENAVAM: 869512633 Chassi: 9DB15822764772646 PREF.: 61")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32271", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32271", " CADEIRAS, CARTEIRAS, MESAS, ARMÁRIOS, CJTO. BRINQUEDO RECREATIVO E OUTROS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32258", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32258", " SUCATA DE EQUIP. DE INFORMÁTICA DIVERSOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32262", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32262", " COMPACTADOR DE LIXO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...132 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32260", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32260", " COMPACTADOR DE LIXO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32269", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32269", " REFRIGERADORES, FREEZERS, AR CONDICIONADOS, BEBEDOUROS, FOGÕES E OUTROS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32270", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32270", " CAMINHÃO GM. OBS.: SEM CHASSI DA BÁSCULA PL.: BUV4522,  PREF.: 114, Chassi 9BG5783NMFC004589, Renavam 00374754349. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...192 lines deleted...]
-      <c r="A24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32264", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32264", " SUCATA C/ PARTES DIVERSAS DE VEÍCULOS (MOTORES, MOLAS, RODAS, CORRENTES, ETC.)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B24" s="4" t="inlineStr">
-[...365 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32259", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32259", " 2 TANQUES EM AÇO CAP. APROX. 25000L")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>