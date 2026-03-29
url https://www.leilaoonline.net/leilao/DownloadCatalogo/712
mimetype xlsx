--- v0 (2025-11-03)
+++ v1 (2026-03-29)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31913", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31913", " SUCATAS DIVERSAS (MÓVEIS, ELETRODO-MÉSTICOS, INFORMÁTICA E OUTROS)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31921", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31921", " MOTONIVELADORA CATERPILLAR 120 B 1978 AMARELA DIESEL")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31918", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31918", " ÔNIBUS MB. 1114 (Funcionando) 1988 PL.: BPY1837 VERDE DIESEL Chassi: 9BM344058JB786470, Renavam: 00414575512.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31919", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31919", " FORD RURAL (Funcionando) 1971 /1972 PL.: BNZ-2735 AZUL GASOLINA Chassi: 2A83A3439188")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31915", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31915", " Roçadeira Piccin")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31925", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31925", " VW SAVEIRO  CL. 1.6 (Funcionando) 1997 PL.: CDZ-9064 BRANCA GASOLINA Chassi: 9BWZZZ308VP012845")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31916", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31916", " MB SPRINTER . 312 D 2001 /2002 PL.: BNZ-2716 BRANCA DIESEL Chassi: 8AC6903302A555769")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31920", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31920", " CAMINHÃO FORD F-350 1975 /1976 PL.: CDZ-9086 AZUL Diesel Chassi: LA7BRP70018")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31927", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31927", " CHEVROLET C -14 1978 PL.: CDZ9083 LARANJA GASOLINA Chassi: BC144X5H13132")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31928", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31928", " MARCOPOLO VOLLARE V-6 2005 /2006 PL.: CMW-3690 BRANCA DIESEL Chassi: 93PB37D2M6C016540")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31914", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31914", " CHEVROLET C-14 (Funcionando) 1975 PL.: BNZ-2719 PRETA GASOLINA Chassi: C144FBR14252B")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31922", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31922", " CAMINHÃO BASC.  VW 11.140 1990 PL.: CDZ-9081 VERMELHA DIESEL Chassi: 9BWZZZF2ZLC022227")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31923", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31923", " MARCOPOLO FRATELLO LOT 2002 PL.: CDV-2268 BRANCA DIESEL Chassi: 9BWFD52R42R208037")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31917", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31917", " CHEVROLET S-10 2.4 s 2002 PL.: BNZ2751 PRATA GASOLINA Chassi: 9BG124AX02C414284")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31926", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31926", " VW KOMBI 1600 CC 1980 PL.: BRZ – 4516  PRETA GASOLINA Chassi: BH637055")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31924", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31924", " Rolo pé de Carneiro (Sucata)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>