--- v0 (2025-11-01)
+++ v1 (2026-03-29)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31790", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31790", "PÁ CARREGADEIRA, HYUNDAI,  HL 770-7A, ANO 2013, HORAS 5974H ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31791", "200")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31791", "PÁ CARREGADEIRA, HYUNDAI, HL 770-7A, ANO 2013, HORAS 5847H")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31793", "250")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31793", "ESCAVADEIRA DE ESTEIRA HYUNDAI 210 LC 7 2012; SÉRIE: N60715786")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31792", "400")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/31792", "RETROESCAVADEIRA JCB 4CX, SÉRIE: JCB4CX4WC01621511, ANO: 2010")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>