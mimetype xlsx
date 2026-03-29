--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,8347 +269,7307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32297", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32297", "Lote com 200 peças de bermudas de coton jeans. Peças novas sem defeito de excelente qualidade. Tecido Coton Jeans Tamanho P- M- G. Cores variadas entre Preto, Azul, Marrom, Verde, e Telha.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32387", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32387", "APROX. 8.200 PEÇAS SENDO; 7.200 ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS) E 1000 FEMININO ADULTO.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32350", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32350", "APROX. 316 SAPATILHAS NOVAS TIPO ALPARGATAS. MARCA TOMS NA COR PRETA. NUMERAÇÕES DIVERSAS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>890,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32351", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32351", "02 MÁQUINAS DE LAVAR ROUPAS. BRASTEMP (7 KG) E ELETROLUX (6 KG)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32316", "200")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32316", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32317", "201")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32317", " BALANÇA EMPACOTADORA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32318", "202")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32318", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32641", "203")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32641", "[ LANCE POR UNIDADE ] APROX. 594.010 UNIDADES DE CAPACITORES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>0,25</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32319", "300")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32319", " CÂMARA FRIA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32330", "301")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32330", "LOTE COM APROX. 40 APARELHOS DE TV")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32320", "302")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32320", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32322", "303")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32322", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32321", "304")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32321", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32323", "305")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32323", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32326", "306")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32326", " MESA GARINPADORA E MOINHO TRITURADOR DE COBRE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32324", "308")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32324", " LOTE COM APROX. 50 FERRAMENTAS MANUAIS  DIVERSAS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32328", "309")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32328", " LOTE COM APROX. 30 CAIXAS DE SOM. MODELOS VARIADOS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32327", "310")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32327", " 03 NOTEBOOKS DIVERSOS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32325", "311")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32325", " EXPOSITORA DE BEBIDAS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32329", "312")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32329", " TRITURADOR /PICADOR")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32315", "313")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32315", "01 motor 20 CV, 01 motor flangeado Web e 01 motor redutor")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32309", "314")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32309", " 01 Portão galvanizado")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32312", "315")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32312", " 10 lavadoras de roupa e lava e seca")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32310", "316")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32310", " Aprox. 20 coifas e depuradores")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32311", "317")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32311", " Baú térmico. 5 metros. Parede 15 cm")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32313", "318")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32313", " 05 refrigeradores.  Com defeito")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32314", "319")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32314", " Aprox.30 bebedouros e purificadores de água")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32306", "320")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32306", " COMPRESSOR WAYNE 60 PÉS E GABINE DE JATO DE GRANALHA PRESSURIZADA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32308", "321")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32308", "BICICLETA A GASOLINA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32352", "322")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32352", "BICICLETA ELÉTRICA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32307", "323")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32307", " LOTE COM 05 REFRIGERADORES DUPLEX. COM DEFEITO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32305", "324")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32305", " ENCARDENADORA/ PERFURADORA ELÉTRICA SEMI AUTOMÁTICA.  MINIMAX PLUS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32298", "325")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32298", " LOTE COM APROX. 50 UNIDADES DE LOUÇA SANITÁRIA. SENDO PIAS E VASOS DECA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32303", "326")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32303", " EMBALADORA/SELADORA TERMO ENCOLHÍVEL. MARCA ARAÚJO.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32299", "327")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32299", " LOTE COM 02 ARQUEADORAS  DE CAIXAS SEMI AUTOMÀTICAS. MARCA CYCLOP.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32304", "328")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32304", " LOTE COM APROX. 50 CLIMATIZADORAS/ UMIDIFICADORAS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32302", "329")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32302", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32300", "330")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32300", "LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32301", "331")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32301", " LOTE COM APROX. 300 PEÇAS SEM USO. METALFRIO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32293", "332")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32293", " APROX. 50 MÓVEIS DE ESCRITÓRIO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32294", "333")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32294", " 04 EXPOSITORES ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32295", "334")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32295", " BAÚ DE CAMINHÃO ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32292", "335")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32292", " BOMBA DÁGUA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32291", "336")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32291", " SUCATA LAVADORA DE LOUÇAS MARCA HOBART")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32296", "337")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32296", " APROX. 2.500 ROLAMENTOS DIVERSOS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32290", "338")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32290", " TURBINA (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32285", "339")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32285", " 03 ILHAS DE RESFRIAMENTO /CONGELAMENTO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32289", "340")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32289", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32284", "341")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32284", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32288", "342")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32288", " 03 PRODUTORAS DE GELO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32286", "343")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32286", " APROX. 100 ITENS DE ELETROPORTÁTEIS DIVERSOS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32282", "344")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32282", " 02 BATEDEIRAS INDUSTRIAIS MARCA LIDER.")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32287", "345")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32287", " FORNO A GÁS TURBO. MARCA PERFECTA CURITIBA. MOD. PETIT")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32283", "346")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32283", " FORNO ELETRICO DE 3 LASTROS")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32331", "347")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32331", "LOTE COM: 10 COMPRESSORES (SEM USO)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32332", "348")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32332", " BEBEDOURO INDUSTRIAL. INOX")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32334", "349")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32334", " BEBEDOURO DUPLO DE PRESSÃO. INOX.")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32333", "350")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32333", " SECADORA DE ROUPA. BRASTEMP.")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32338", "351")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32338", " CADEIRAS, LUSTRE, VENTILADOR DE TETO. 6 PÇS.")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32335", "352")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32335", " PROCESSADOR DE ALIMENTOS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32339", "353")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32339", " AMASSADEIRA RÁPIDA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32336", "354")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32336", " UTENSÍLIOS DE COZINHA. 4 PÇS. (EXAUSTOR, LIQUIDIFICADOR, PANIFICADOR E FOGÃO)")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32340", "355")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32340", " PIA COM BANCADA 1,80. VENTILADOR DE PAREDE E EXAUSTOR.")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32337", "356")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32337", " FATIADOR DE FRIOS VERTCAL")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32341", "357")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32341", " LOTE COM 02 CENTRÍFUGAS")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32342", "358")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32342", "CERVEJEIRO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32343", "359")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32343", "CERVEJEIRO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32344", "360")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32344", "FREEZER (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32345", "361")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32345", "CALDEIRÃO INDUSTRIAL. INOX. 100 LITROS. ELÉTRICO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32346", "362")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32346", "12 AQUECEDORES SORTIDOS COM DEFEITO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32347", "363")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32347", "APROX. 60 ÓCULOS 3D PHILCO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32348", "364")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32348", "MESA DE CENTRO TOCO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32349", "365")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32349", "LOTE COM APROX. 37 APARELHOS DE TV")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32377", "366")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32377", " 3 Ventiladores industriais. motor Weg 0.5 Hp")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32372", "367")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32372", " 2 macacos hidráulicos tipo jacaré")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32380", "368")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32380", " Ar condicionado split duto. 220V. Trifásico. 48.000 BTUs")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32361", "369")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32361", " 2 bombas WEG  20 Hp")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32365", "370")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32365", " Sucata de 02 refrigeradores Inox")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32360", "371")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32360", "PEÇAS DE ORDENHADEIRA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32378", "372")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32378", " 800 unidades de Protetor térmico Klixon. (Sem uso)")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32376", "373")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32376", " Auto rádio com reprodução de imagens")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32362", "374")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32362", " Mesa rústica")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32357", "375")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32357", " Aprox. 15 rádios de carro")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32373", "376")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32373", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32354", "377")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32354", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32356", "378")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32356", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32364", "379")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32364", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32370", "380")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32370", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32363", "381")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32363", " Cervejeira. 110v. 115 litros")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32379", "382")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32379", " 02 climatizadores de ambiente. Marca Ventisol. 110v")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32381", "383")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32381", " 02 climatizadores de ambiente. Marca Nell. 110v")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32374", "384")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32374", " 2 Climatizadores / vaporizador Joape")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32359", "385")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32359", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32366", "386")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32366", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32371", "387")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32371", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32353", "388")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32353", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32369", "389")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32369", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32355", "390")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32355", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32368", "391")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32368", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32375", "392")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32375", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32358", "393")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32358", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32367", "394")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32367", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32382", "395")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32382", "Balança digital Toledo. 200 kgs. Funcionando")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32383", "396")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32383", "Moedor de carnes boca 98. Trifásico. Funcionando")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32384", "397")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32384", "Aprox. 100 un. de sucata de cadeiras diversas (giratórias, longarinas, assentos e outros)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32385", "398")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32385", "MESA DE SINUCA. 1,85m x 1,15m")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32386", "399")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32386", "Injetora de poliuretano. Trifásica. 220V. Precisa de reparos.")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32388", "400")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32388", " Buffet com aquecimento e Refrigeração")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32394", "401")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32394", "03 RESERVATÓRIOS DE INOX")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32389", "402")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32389", " Lote de Moldes para veleiro de 30 pés e mais peças (ferragens, bancos e moldes extras)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32398", "403")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32398", " Estação de tratamento de efluentes. 10 m³/h")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32395", "404")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32395", "PLATAFORMA DE CORTE")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32396", "405")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32396", "INJETORA")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32392", "406")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32392", " 4 ENSILADEIRAS")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32391", "407")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32391", " Torno Nardini. MS 1640e. Modelo mascote. (faltando peças)")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32393", "408")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32393", " Balança mecânica. 5 toneladas.")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32390", "409")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32390", " Balança mecânica. 9 toneladas")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32397", "410")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32397", "4 EXPOSITORES")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32633", "501")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32633", "RETROESCAVADEIRA FIATALLIS. ANO 1995. DIESEL.")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32644", "601")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32644", " Cervejeira Gelopar, 300 litros, 220 volts, iluminação em led. Funcionando")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32643", "602")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32643", " Geladeira Climax. Década de 60. 110 volts. Funcionando")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32650", "603")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32650", " Capacete original da FAB . Utilizado em caças Mirage 2000. Necessita de restauração. Possui viseira escura e a máscara de oxigênio")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32652", "604")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32652", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32654", "605")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32654", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32653", "606")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32653", " 2 bicicletas de adulto")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32645", "607")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32645", " Dobradeira de chapas com régua de 1,30 m")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32648", "608")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32648", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32656", "609")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32656", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32649", "610")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32649", " Bomba de alto vácuo. Duplo estágio HF 110 CFM. Trifásico. Com reservatório")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32646", "611")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32646", " Cabine para camionete D 20")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32651", "612")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32651", " Maca de alumínio. Stimed. Com regulagens")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32658", "613")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32658", " Máquina de Vácuo. Forming")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32647", "614")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32647", " Caçamba F1000 até ano 91")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32657", "615")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32657", " Escrivaninha antiga em jacarandá maciço da bahia")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32655", "616")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32655", " Camionete D-20. Ano 88. Turbo. Direção hidráulica, volante anti furto, motor novo")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32662", "617")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32662", " Cortador de asfalto/concreto Petrotec a gasolina. Faltando peças")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32659", "618")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32659", " 03 macacos, sendo 1 jacaré e 2 hidráulicos")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32660", "619")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32660", " Capota F1000")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32661", "620")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32661", " Peugeot Partner. Ano 99 a gasolina")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32663", "621")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32663", " Pista fria")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32668", "622")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32668", " 2 fornos e 1 lavadora de pratos")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32665", "623")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32665", " Fritadeira industrial a gás")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32666", "624")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32666", " Esteira ergométrica profissional. Não está funcionando")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32667", "625")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32667", " Gerador de energia a gasolina. Funcionando")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32669", "626")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32669", " Máquina de café expresso FunKitchen. Não está funcionando ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32664", "627")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32664", " Guincho tipo girafa para 3 toneladas")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32670", "628")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32670", " Chapa de lanches elétrica")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32671", "629")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32671", " Cabine de jato de areia por pressão de alta produção")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32672", "630")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32672", " Refresqueira Begel 20 litros. Funcionando")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32685", "631")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32685", " 3 fritadeiras, sendo 2 elétricas e 1 a gás")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32688", "632")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32688", " Gramofone. Réplica com aproximadamente 29 discos antigos de 78 rotações")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32686", "633")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32686", " Jogo rodas original D20. Aro 15"")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32687", "634")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32687", " Geladeira expositora Metalfrio (pequena). Funcionando")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32689", "635")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32689", " Cervejeira Hussman (pequena). Funcionando")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32690", "636")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32690", " Máquina de café expresso Saeco 220 volts. Funcionando")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32691", "637")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32691", " Gerador de energia a gasolina")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32692", "638")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32692", " Frigobar década de 40 restaurado transformado em cervejeira, com controlador digital. 110 volts. Funcionando")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32693", "639")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32693", " 2 portas de F1000")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32694", "640")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32694", " 04 bancos inteiriços com 03 cadeiras cada")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32683", "641")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32683", " 04 máquinas de lavar roupas")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32684", "642")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32684", " Câmara fria. 220 volts. Funcionando")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32682", "643")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32682", " Jogo de rodas Ford. Aro 14"")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32674", "644")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32674", " Cabeçote de compressor Waine 60 pés e motor elétrico 15Hp")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32681", "645")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32681", " Fuscão 1.500. Ano 71")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32696", "646")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32696", " Balcão expositor seco Gelopar")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32673", "647")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32673", " Cabine de F1.000 Ano 86 reformada")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32675", "648")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32675", " Compressor de ar antigo")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32676", "649")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32676", " Freezer 50 litros. Todo de inox. 220 volts. Funcionando")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32679", "650")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32679", " Motor estacionário Honda 6.5 Hp")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32677", "651")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32677", " Câmara fria com controlador digital. Funcionando")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32678", "652")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32678", " Freezer em inox. 150 litros, 220 volts. Funcionando")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32680", "653")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32680", " Mini Bug Fapinha. Motor 4 tempos. Funcionando. 1  pneu furado")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32695", "654")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32695", " Balcão aço vitrine")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32697", "655")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32697", " Mini bug Fapinha motor 4 tempos. Funcionando. Motor e parte elétrica em ótimo estado")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32698", "656")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32698", " Aspirador de pó industrial")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32699", "657")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32699", " Capô de F1.000 original")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32700", "658")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32700", " Cancela de portaria com pistão hidráulico sem testes")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32702", "659")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32702", " Fiat Siena. Ano 98 em ótimo estado com vidros elétricos, direção hidráulica. Motor 1.6. Funcionando")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32703", "660")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32703", " Adega de vinhos com compressor. Funcionando")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32704", "661")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32704", " Lote contendo 2 fornos microondas e 1 forno elétrico ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32701", "662")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32701", " Máquina de solda elétrica, sem testes")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32705", "663")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32705", " 8 postes em ferro fundido do inicio do século XX da fundação da cidade de São Carlos")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32706", "664")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32706", " Câmara fria. 4 portas. em aço inox. Não está funcionando")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32707", "665")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32707", " Bancada mesa em ferro para oficina")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32709", "666")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32709", " Lote de antiguidades contendo: 1 máquina de costura Elna com estojo, 2 máquinas de escrever, 1 rádio Mitsubishi, 8 transistores com estojo, 1 rádio 3 em 1 CCE (sem as caixas), 1 receiver Gradiente (sem as caixas),1 receiver Motoradio (sem as caixas), 1 toca fitas Philipps (sem as caixas), 1 filmado")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32708", "667")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32708", " Máquina de fazer gelo. Mecânica não testada")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32711", "668")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32711", " Suqueira Begel. 200 litros. Funcionando")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32712", "669")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32712", " Esteira e bicicleta ergométrica")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32710", "670")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32710", " 02 Geladeiras frigidare antigas")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32713", "671")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32713", " Lote cotendo 2 bancadas de 6 metros metalon. Tampos deteriorados")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32714", "672")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32714", " Lote contendo 1 bancada pequena, 1 balança 1.000 Kg e 1 compressor Bitzer")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32793", "701")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32793", "JUKEBOX Luxuosa. Modelo Clássico, Retrô, Vintage, Rádio/ MP3/ USB. (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32747", "702")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32747", " PEÇAS DE MOTOCICLETA, PAR DE CARENAGEM ( LATERAL) E PAR DE RETROVISOR ARTICULADO.")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32746", "703")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32746", " LOTE DE DINHEIRO ANTIGO TOTAL DE 240 UNIDADES, SENDO APROX. 140 NOTAS E 100 MOEDAS.")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32745", "704")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32745", "03 QUADROS DE BICICLETA. FULL SUSPENSION ARO 26"")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32748", "705")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32748", " LOTE C/ APROX. 30 MESAS DE ESCRITÓRIO, DIVERSAS CORES E MODELOS .")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32740", "706")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32740", "LOTE COM: 02 monitores (20" e 15"), 03 nobreaks, 01 estabilizador, 02 centrais de monitoramento de vídeo, 01 impressora HP, 01 central de alarme, 01 lâmpada de emergência e 11 headphones")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32749", "707")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32749", " LOTE C/ APROX. 35 GARRAFÕES TÉRMICOS, VÁRIOS TAMANHOS, CORES E MODELOS.")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32750", "708")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32750", " LOTE ÚNICO: 07 SUCATAS DE PARTES DE MOTOCICLETAS ANTIGAS DA DÉCADA DE 1980 (PARA COLECIONADORES OU RESTAURAÇÃO). SENDO YAMAHA RX-180cc , YAMAHA RD-135cc, YAMAHA RX-125cc e outras.")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32761", "709")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32761", "Lote contendo: 01 Multímetro Digital Minipa ET-2702, 01 Luxímetro Digital Portátil Instrutherm LD-300, 01 Medidor de Distância a Laser Bosch DLE 40 e 01 Detector de Metais Bosch DMO 10")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32751", "710")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32751", "LOTE C/ APROX. 30 UNIDADES , SENDO ESQUADROS METALICOS , CANTONEIRAS METALICAS E 01 REGUA METÁLICA DE 1,00 METRO MARCA VONDER..")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32752", "711")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32752", "LOTE C/ 32 ITENS, SENDO 07 FILTROS DE AGUA PROFISSIONAL, 25    UNIDADES DE LÂMPADA E / TOMADAS.")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32730", "712")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32730", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE, NOVO ( SEM USO). ( T-06).")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32735", "713")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32735", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E AZUL, NOVO ( SEM USO). ( T-07).")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32736", "714")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32736", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E BEGE, NOVO ( SEM USO). ( T-08).")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32732", "715")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32732", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR VERDE E BEGE, NOVO ( SEM USO). ( T-09).")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32731", "716")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32731", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E BEGE, NOVO ( SEM USO). ( T-10).")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32733", "717")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32733", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E AMARELO, NOVO ( SEM USO). ( T-11).")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32741", "718")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32741", " 06 DISCOS DE VINIL ANTIGOS LP, GRANDES SUCESSOS, ENTRE ELES O LENDÁRIO DISCO DE 1971 "IMAGINE" DE JOHN LENNON, ORIGINAL DE ÉPOCA. RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32742", "719")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32742", " BICICLETA ANTIGA GORICKE, VARÃO DUPLO, FREIO DE PÉ, RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32721", "720")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32721", "LOTE CONTENDO 30 APARELHOS DVD.VÁRIAS MARCAS E MODELOS. EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32718", "721")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32718", " 04 TOTEN / PEDESTAL, SENDO 02 MEDINDO; 1,80 E 02 MEDINDO; 1,50. COM REGULAGEM")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32719", "722")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32719", "LOTE COM 011 BANCOS P/ MOTOCICLETAS ANTIGAS")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32720", "724")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32720", "LOTE COM APROX. 50 CAPAS DE BANCO DE CICLOMOTORES ANTIGOS, MOBILETE MONARK CALOI CX , CALOI XR, GARELI E OUTRAS. PRODUTO ORIGINAL, SEM USO, ESTOQUE ANTIGO, DECADA DE 1980 , PARA COLECIONADORES. VÁRIAS CORES E MODELOS.")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32717", "725")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32717", "[ retirado ] COLEÇÃO DE CELULARES ANTIGOS STARTAC E MOTOROLA TIJOLÃO DA DÉCADA DE 1990. SENDO 11 CELULARES E CRISTALEIRA ARTICULADA.")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32729", "726")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32729", " 60 UNIDADES DE ACESSÓRIOS P/ CELULARES, SUPORTES P/ VEÍCULOS E CINTURA. (NOVOS (SEM USO).")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32734", "727")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32734", " COLEÇÃO C/ 90 UNIDADES DE  CELULARES ANTIGOS , VÁRIAS MARCAS  E MODELOS DÉCADA DE 1990, ANTIGUIDADE PARA COLECIONADORES. (L-07, L-09 e L-18)")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32722", "728")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32722", " LOTE CONTENDO 11 UNIDADES DE DISPENSER DE VARIOS MODELOS E SEGMENTOS.")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32723", "729")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32723", " LOTE CONTENDO APROX. 25 CHUVEIROS")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32724", "730")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32724", " LOTE C/ APROX. 30 UNIDADES DE TONER, VARIAS MARCAS E MODELOS")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32737", "731")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32737", "LOTE CONTENDO: 03 JAQUETAS DE COURO SINTÉTICO.")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32738", "732")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32738", "Diversas churrasqueiras elétricas e Peças.")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32739", "733")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32739", "27 peças  de Lingerie da marca Valisere (18 sutiãs e 09 calcinhas). (Novo) sem uso.")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32726", "734")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32726", "02 UNIDADES DE TAPETE PARA SALA L AMOUR MING 80 LINHAS, COR SALMÃO E MARROM, NOVO ( SEM USO). ( T-01)")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32725", "735")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32725", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE E MARROM,  NOVO ( SEM USO). ( T-02)")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32728", "736")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32728", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E MARROM,  NOVO ( SEM USO). ( T-04)")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32727", "737")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32727", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR AMARELA E AZUL,  NOVO ( SEM USO). ( T-05)")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32753", "738")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32753", " LOTE CONTENDO 04 EQUIPAMENTOS, SENDO 02 Alicate Digital Amperímetro Minipa (Et-3920 e Et-3810), 01 Multímetro Digital Fluke E 01 Termômetro Infravermelho Com Mira Laser Mt-350")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32755", "739")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32755", " LOTE C/ 06 EQUIPAMENTOS DE MEDIÇÃO DE PRESSÃO, OXIGÊNIO E TEMPERATURA")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32754", "740")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32754", " LOTE C/ 12 MEDIDORES TERMÔMETRO / TEMPERATURA.")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32756", "741")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32756", " LOTE C/ 04 EQUIPAMENTOS, SENDO: 01 Luximetro Digital Portátil - LD-300 Instrutherm, 01 Medidor de Oxigênio Maxtec, 01 Alicate Amperímetro Digital ET-3920 Minipa e 01 Alicate Amperímetro Digital Fluke 336")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32757", "742")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32757", " 02- CELULAR IPHONE 5S.")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32758", "743")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32758", "LOTE C/ APROX. 400 MEDALHAS DE METAL E BRONZE, VÁRIOS TAMANHOS E MODELOS,  C/ APROX. 30 QUILOS. (SEM USO)")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32760", "745")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32760", " 02 ADEGAS DE MADEIRA PARA GARRAFAS DE VINHOS")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32762", "746")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32762", "LOTE COM: 01 Medidor de Oxigênio Externo Maxtec, 01 Termo-Higrômetro Digital Temperatura Interna/ Externa Minipa MT-241 e 02 GasAlertMicroClip (detector de gases)")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32763", "747")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32763", " 01- APARELHO Mi5500 Megôhmetro Megabras")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32764", "748")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32764", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32765", "749")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32765", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32766", "750")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32766", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32767", "751")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32767", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32768", "752")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32768", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32794", "753")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32794", " MINI TRATOR A GASOLINA YARD-MAN MULTIFUNÇÕES")</f>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
-      <c r="A253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33024", "754")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33024", " LOTE C/ 10 UNIDADES DE COLCHÕES DE SOLTEIRO E 10 UNIDADES DE TRAVESSEIROS . ( NOVOS) SEM USO.")</f>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33025", "755")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33025", " LOTE C/ 10 UNIDADES DE COLCHÕES DE SOLTEIRO E 10 UNIDADES DE TRAVESSEIROS . ( NOVOS) SEM USO.")</f>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33026", "756")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33026", " LOTE C/ 10 UNIDADES DE COLCHÕES DE SOLTEIRO E 10 UNIDADES DE TRAVESSEIROS . ( NOVOS) SEM USO.")</f>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
-      <c r="A256" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33027", "757")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33027", " 05 MESAS C/ 04 ACENTOS GIRATÓRIOS E REMOVÍVEIS")</f>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33029", "758")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33029", " 05 MESAS C/ 04 ACENTOS GIRATÓRIOS E REMOVÍVEIS")</f>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
-      <c r="A258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33028", "759")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33028", " 05 MESAS AUXILIARES C/ RODÍZIOS, REGULAGEM DE ALTURA, GAVETA C/ PORTA OBJETOS E ESPELHO ARTICULADO.")</f>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33030", "760")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33030", " 05 MESAS AUXILIARES C/ RODÍZIOS, REGULAGEM DE ALTURA, GAVETA C/ PORTA OBJETOS E ESPELHO ARTICULADO.")</f>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
-      <c r="A260" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33031", "761")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33031", " 05 MESAS AUXILIARES C/ RODÍZIOS, REGULAGEM DE ALTURA, GAVETA C/ PORTA OBJETOS E ESPELHO ARTICULADO.")</f>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
-      <c r="A261" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33032", "762")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33032", " LOTE C/ 10 UNIDADES DE LIXEIRAS C/ DIVISÓRIAS.")</f>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
-      <c r="A262" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33033", "763")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33033", " LOTE C/ 10 UNIDADES DE LIXEIRAS C/ DIVISÓRIAS.")</f>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
-      <c r="A263" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33035", "764")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33035", " LOTE C/ 10 UNIDADES DE LIXEIRAS C/ DIVISÓRIAS.")</f>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
-      <c r="A264" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33034", "765")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33034", " LOTE C/ 08 GIROFLEX EM LED PARA VEÍCULOS DE SEGURANÇA PATRIMONIAL , (MARCA GIROLED).")</f>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
-      <c r="A265" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33036", "766")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33036", " LOTE C/ 08 EQUIPAMENTOS DE SEGURANÇA EM ALTURAS E DE SALVAMENTOS.")</f>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
-      <c r="A266" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33072", "767")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33072", "04 GELADEIRAS DUPLEX (01- MARCA CONSUL E 03- MARCA DAKO)")</f>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33068", "801")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33068", "Aprox. 360 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
-      <c r="A268" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33069", "802")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33069", "Aprox. 360 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
-      <c r="A269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33070", "803")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33070", "Aprox. 360 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
-      <c r="A270" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33071", "804")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33071", "COMPRESSOR SOPRADOR CANAL LATERAL VAZ FLUZ. (SEM USO)")</f>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>