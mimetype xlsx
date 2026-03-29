--- v0 (2025-11-04)
+++ v1 (2026-03-29)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32861", "8415")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32861", "I/VW TIGUAN 2.0 TSI, 2014, AUT. PRATA, GASOLINA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>49.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32863", "8416")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32863", "I/VW TOUAREG 3.6 V6, 2011/2011, GASOLINA, PRATA -  BLINDADA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32862", "8419")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32862", "I/VW TIGUAN 2.0 TSI, 2013/2014, AUT. BRANCA, GASOLINA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32865", "8421")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32865", "I/AUDI  A5 SPB 2.0 TFSI, 2012/2013, PRATA; GASOLINA - BLINDADA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32864", "8425")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32864", "MITSUBISHI; PAJERO FULL HPE 3.8, 2012/2013, PRETA, GASOLINA - BLINDADA - 7 LUGARES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32897", "13072")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32897", "VW/ NOVO VOYAGE 1.6 CITY; 2013/2013; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32898", "13073")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32898", "VW/ POLO SEDAN 1.6; 2013/2014; PRETA; ALCO./GASOL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32899", "13074")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32899", "VW PASSAT VARAINT 2.0TSI; 2013/2014; PRATA; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32900", "13075")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32900", " VW; NOVO VOYAGE 1.6 CITY; 2013/2013; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32901", "13076")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32901", "I/ VW JETTA 2.0TSI; 2014/2014; CINZA; GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32902", "13077")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32902", "VW, NOVO VOYAGE 1.6 CITY, 2013/2013, ALCO./GASOL.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32903", "13078")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32903", "VW; TOUAREG 3.6 VE; 2011/2012; CINZA; GASOLINA - BLINDADA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32904", "13079")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32904", "VW, NOVO VOYAGE 1.6 CITY, 2013/2013, ALCO./GASOL.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32980", "20114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32980", "VW; POLO SEDAN 1.6; 2013/2014; PRETA; ALCO./GASOL")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32981", "20115")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32981", "VW; TOUAREG 3.6 VE; 2012/2012; PRETA; GASOLINA - BLINDADA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32982", "20116")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32982", "VW; TOUAREG 3.6 VE; 2011/2012; PRATA; GASOLINA - BLINDADA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32983", "20117")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/32983", "I; AUDI Q3 2.0 TFSI; 2014/2015; PRETA; GASOLINA;")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>