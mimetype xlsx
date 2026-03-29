--- v0 (2025-11-20)
+++ v1 (2026-03-29)
@@ -269,3675 +269,3219 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33136", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33136", " LANTERNAS, FARÓIS, RETROVISORES, RELÉS, MÓDULOS, FRISOS E OUTROS.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33144", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33144", " ALIMENTADOR DE INJETORA CONAIR MDC30-SDC")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33139", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33139", " UNIDADE HIDRÁULICA C/ MOTOR EBERLE 10 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33145", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33145", " COMPRESSOR DE AR AIR FORCE V8-15/150 C/ MOTOR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33142", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33142", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33133", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33133", " 3 REDUTORES. OBS.: SEM USO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33135", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33135", " FOTOCOPIADORA XEROX 4W1")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33138", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33138", " RETIFICADOR DE SOLDA MAPRE 150N, ANO: 2005, POT. 7600W")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33146", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33146", " COMPRESSOR DE AR HOOS F9E, P.S. 8,8 BAR, C/ MOTOR WEG 60 CV")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33137", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33137", " COMPRESSOR DE AR HOOS F9E, ANO: 1997, P.S. 7 BAR, C/ MOTOR EBERLE 60 CV")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33140", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33140", " PRENSA MANUAL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33141", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33141", " TURASK MOD. BRASILIA.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33143", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33143", " COMPRESSOR DE AR DOUAT P.M. 10,5 ATM C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33134", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33134", " COMPRESSOR DE AR BARIONKAR FB 30/350, ANO: 1999, C/ MOTOR WEG 7,5 CV")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33147", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33147", " COMPRESSOR DE AR SCHULZ C/ MOTOR")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33148", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33148", " MOTOVIBRADOR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33149", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33149", " PRENSA C/ MOTOR KOHLBACK 1 CV")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33150", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33150", " UNIDADE HIDRÁULICA C/ MOTOR WEG 4 CV")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33151", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33151", " UNIDADE HIDRÁULICA DEN LIFT")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33155", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33155", " UNIDADE HIDRÁULICA C/ MOTOR WEG 4 CV")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33152", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33152", " COMPRESSOR DE AR SCHULZ C/ MOTOR 7,5 CV")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33154", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33154", " DOBRADEIRA FOBRASA IMAG 11350, CAP. 2 MM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33153", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33153", " GERADOR BORDACO TBD-232-V12, ANO: 1980, POT. 350 KVA.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33156", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33156", " GERADOR BORDACO TBD-232-V12, ANO: 1980, POT. 355 KVA.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33160", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33160", " LAVADORA KARCHER HDS 800")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33157", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33157", " CLM 400S GRANOMAQ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33163", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33163", " GELADEIRA CPH 350 PRODUTO RL")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33159", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33159", " 2 ESTUFAS NOVA ÉTICA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33161", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33161", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33158", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33158", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33162", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33162", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33165", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33165", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33167", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33167", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33164", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33164", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33166", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33166", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33170", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33170", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33168", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33168", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33169", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33169", " FRESADORA KLOPP DP AP 203")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33171", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33171", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33172", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33172", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33173", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33173", " PRENSA EXCÊNTRICA JOINVILLE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33174", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33174", " PRENSA EXCÊNTRICA JOINVILLE")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33175", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33175", " PRENSA EXCÊNTRICA JOINVILLE")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33176", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33176", " PRENSA EXCÊNTRICA JOINVILLE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33178", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33178", " FURADEIRA DE BANCADA FB-2")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33177", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33177", " ROSQUEADEIRA AUTOMÁTICA DAUER DM12")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33179", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33179", " PRENSA EXCÊNTRICA JOINVILLE")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33181", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33181", " SERRA MECÂNICA "VAI E VEM" FRANHO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33180", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33180", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33182", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33182", " FURADEIRA DE COLUNA MANUAL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33183", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33183", " 2 PENEIRAS VIBRATÓRIAS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33184", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33184", " 3 ESTUFAS DIVERSAS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33201", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33201", " COMPRESSOR DE AR DOUAT C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33202", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33202", " BALANÇA MECÂNICA CAP. 1000 KG")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33200", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33200", " BALANÇA MECÂNICA CAP. 1000 KG")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33203", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33203", " BALANÇA MECÂNICA TOLEDO CAP. 300 KG")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33204", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33204", " ELETROEROSÃO POR PENETRAÇÃO MAVETRON")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33205", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33205", " 17 MOTORES ELÉTRICOS WEG 3 CV")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33206", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33206", " 3 VENTILADORES EBMPAPST 1700 W E 3 VENTILADORES EBMPAPST 980 W ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33207", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33207", " TORNO HEINEMANN")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33185", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33185", " TORNO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33208", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33208", " 7 ESTANTES EM AÇO INOX")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33209", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33209", " REEVES")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33189", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33189", " ACME-CRIDLEY")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33191", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33191", " SISTEMA DE RESFRIAMENTO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33197", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33197", " ACME-CRIDLEY")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33187", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33187", " TORNO IMOR")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33193", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33193", " 2 MOTOBOMBAS IMBIL INI 65,315 C/ MOTOR 20 CV E 2 MOTOBOMBAS CAMBERRA 3196MT C/ MOTOR 20 CV")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33195", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33195", " 7 EXAUSTORES SOLYVENT VENTEC")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33194", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33194", " 10 FORNOS DIVERSOS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33198", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33198", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33192", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33192", " TORNO IMOR")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33190", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33190", " MOTOR ELÉTRICO SIEMENS 40 KW")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33188", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33188", " 7 EXAUSTORES C/ MOTOR MITSUBISHI 3,7 KW")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33186", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33186", " LAVADORA KARCHER HD 1200")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33196", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33196", " APROX. 20 BALANÇAS DIVERSAS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33210", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33210", " APROX. 100 DISCOS DE CORTE DIVERSOS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33211", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33211", " ELETRODOS DIVERSOS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33212", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33212", " 1 TORQUÍMETRO GEDORE 270 KGF.M E 2 CONJUNTOS DE MICRÔMETROS MITUTOYO")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33199", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33199", " APROX. 23 BOBINAS DE ALUMÍNIO P/ SOLDA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33213", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33213", " KIT DE SACA-ROLAMENTOS SKF")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33215", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33215", " LEVANTADOR MAGNÉTICO JG-600, CAP. 600 KG. OBS.: SEM USO.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33216", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33216", " TALHA ELÉTRICA HOIST, CAP. 1000 KG. OBS.: SEM USO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33217", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33217", " ROTOGRAVURA VASCOGRAF")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33218", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33218", " IMPRESSORA ECRM SCRIPSETTER")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33219", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33219", " RETIFICADOR DE SOLDA MERKLE BALMER BR 400 E RETIFICADOR DE SOLDA MERKLE BALMER BR 425")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33220", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33220", " 3 COMPRESSORES DE AR PRESSURE 116 PSI, POT. 2 HP; 1 COMPRESSOR DE AR SCHULZ 120 PSI, POT. 2 HP; 1 COMPRESSOR DE AR MOTOMIL 120 PSI, POT. 2 HP")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33221", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33221", " PERFURADOR DE SOLO VIBROMAK")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33222", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33222", " 2 BOMBAS IMO. OBS.: SEM USO")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33224", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33224", " MOTORES, MOTORREDUTORES E BOMBAS DIVERSAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33227", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33227", " CYCLOP B2")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33228", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33228", " PRENSA P/ BORRACHA MCNEIL AKRON MG 1023")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33229", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33229", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33214", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33214", " PRENSA P/ BORRACHA MCNEIL AKRON MG 1023")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33231", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33231", " PRENSA P/ BORRACHA MCNEIL AKRON MG 1023")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33232", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33232", " NEW JAPAN FUM33, ANO: 2010")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33233", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33233", " 2 TANQUES CILINDRICOS HORIZONTAIS EM AÇO CARBONO AGROMETAL")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33235", "101")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33235", " TANQUE CILINDRICO VERTICAL, CAP. 60 M³, PESO: 2700 KG")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33223", "102")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33223", " TANQUE CILINDRICO VERTICAL")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33226", "103")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33226", " REDUTOR KISSLING")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33230", "104")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33230", " MARTELETE INMECA 150")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33237", "105")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33237", " GUILHOTINA DE 4 M")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33238", "106")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33238", " 2 TANQUES CILINDRICOS HORIZONTAIS EM FIBRA, CAP. 5000 L")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...70 lines deleted...]
-      <c r="A21" s="5" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33236", "107")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33236", " DESENGRAXADEIRA EM AÇO INOX")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33240", "108")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33240", " PÓRTICO C/ TALHA MANUAL DE 2 T")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33239", "109")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33239", " CILINDROS HIDRÁULICOS/PNEUMÁTICOS DIVERSOS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33242", "110")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33242", " CORRENTES DE TRAÇÃO DIVERSAS.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33241", "111")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33241", " SILO C/ EXAUSTÃO.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33243", "112")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33243", " PRENSA HIDRÁULICA SCHULER, CAP. 400 T (DESMONTADA)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B21" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33244", "113")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33244", " APROX. 18 ROSCAS TRANSPORTADORAS DIVERSAS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...319 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33248", "114")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33248", "CAMINHÃO BASCULANTE VW 13.130, VERMELHA. ANO 85")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...25 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33245", "115")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33245", " MOTOR ELÉTRICO GE 6000 CV")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...1140 lines deleted...]
-      <c r="E70" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33246", "116")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33246", " FURADEIRA RADIAL HCP")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F70" s="4" t="inlineStr">
-[...1694 lines deleted...]
-      </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33247", "117")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33247", " APROX. 200 TONERS NOVOS E CARTUCHOS")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>