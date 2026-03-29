--- v0 (2025-10-31)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33263", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33263", "CONJUNTO - SCANIA T142 H 4X2 1985/1985 DIESEL/ SEMI REBOQUE GUERRA 3 EIXOS 1992/1992")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33262", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33262", "GM CHEVROLET 1959 - Cabine Alongada (em fase de restauração)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33269", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33269", "FORD MAVERICK SL. ANO 1978/1979. MOTOR V6. [ VÍDEO ]")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33270", "108")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33270", "FORD F 75. Ano 72 [ VÍDEO ]")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33265", "301")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33265", "VASSOURA MINI CARREGADEIRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33267", "302")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33267", "Rolo compactador. Mod. SP 3000.  Ano 1980")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33268", "303")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33268", "MOTONIVELADORA CAT PATROL 12 E. Ano 1980. Sem pneus. Sem cabeçote.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33271", "304")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33271", "ROLO COMPACTADOR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33272", "305")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33272", "TANQUE. 15.000 LITROS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33273", "306")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33273", "Mini Rolo Compactador")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33264", "307")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33264", " JET SKI COM REBOQUE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33260", "400")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33260", "PLANTADEIRA Marca SLC. Mod: 7AS-2. Ano: 1994")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33261", "401")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33261", "SEMEADORA 19 LINHAS MARCA TATU ANO 1983")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33258", "402")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33258", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33259", "403")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33259", " PLATAFORMA COLHEDORA DE MILHO 5 LINHAS  5/90 . Marca:  MASSEY FERGUSON . Modelo:  MOD.5190 . Ano:  2002")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33274", "405")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33274", "COLHEITADEIRA VALTRA BC 7500. Ano 2010. Com plataforma de corte de 25 pés")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33275", "406")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33275", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33368", "501")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33368", "Pá Carregadeira Marca Liu Gong ano 2011 série LBL 239793")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33369", "502")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33369", "Pá Carregadeira Marca new holand W130 ano 2008 série N9AE11368")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34232", "601")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34232", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 143")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34233", "602")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34233", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 144")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>