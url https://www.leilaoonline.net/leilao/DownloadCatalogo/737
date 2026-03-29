--- v0 (2025-11-02)
+++ v1 (2026-03-29)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33433", "107")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33433", "veja víeo -LANCHA MOTORBOAT MOTOR 50HP EVINRUDE, ANO 2008, COM REBOCADOR REAL, ANO 2016 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33797", "146")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33797", "CAMINHÃO L 1113 BAÚ, ANO 1984 -  motor novo direção  hidráulica  (FUNCIONANDO)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33796", "147")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33796", "CAMINHÃO 26220, ANO 2007, C/MOTOR, CÂMBIO E DIFERENCIAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33795", "148")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33795", "MOTO BOMBA DE AÇO INOX C/ MOTOR MWM 229")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33794", "149")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33794", "GUINDASTE kranekar  p/ 9 toneladas (FUNCIONANDO)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33317", "150")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33317", "1 ESCAVADEIRA LIEBHERR 942,  ANO 1999,  funcionando")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33318", "151")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33318", "PÁ CARREGADEIRA CAT 980 serie 42H1100, FALTA MOTOR  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33450", "152")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33450", "FABRICA DE PANO (veja descritivo abaixo)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33320", "152")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33320", "BRITADOR SUPLAM 80/20 - funcionando")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34839", "157")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34839", "13 MÓDULO MARCA SMAR  LC 700  (sem  uso)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33435", "158")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33435", "BRITADOR C/ MOTOR 150CV  - (produção de areia e calcário de aprox. 90 a 110 ton hora)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33322", "159")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33322", "SUCATA  de 2 (duas) ESCAVADEIRA 320 C")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33319", "160")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33319", "COMPRESSOR AR CHICAGO PENEUMATIC, pressão trabalho 70 motor x 10, ANO 2003 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33370", "161")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33370", "PRENSA HIDRÁULICA, sem uso, C/ MOTOR DE 7.5CV")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33444", "162")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33444", "COLHEDOR J.DEERE 3520, ANO 2012")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33445", "163")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33445", "COLHEDOR J.DEERE 3520, ANO 2012")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33321", "170")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33321", "ROSADEIRA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33434", "171")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33434", "MACHADO HIDRÁULICO C/ BOMBA E PISTÃO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33451", "172")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33451", "CORREIA DE ESTEIRA TRANSPORTADORA AÇO INOX 430 APROX. 1500 KILOS (sem uso)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33452", "175")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33452", "46 DISCOS  DE VINIL ANTIGOS RARIDADES")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33456", "176")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33456", "40 CX. DE 5 KL. DE ELETRODOS DE AÇO INOX.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33454", "177")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33454", "BOCA DE PÁ CARREGADEIRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33793", "178")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33793", "19 VÁLVULAS DE PRESSÃO DIVERSOS MEDIDAS (veja abaixo)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34840", "179")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34840", "BOMBA DE IRRIGAÇÃO de 4 polegadas de inox.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34841", "180")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34841", "CENTRÍFUGA medindo 1.30 de largura por 1.20 de altura")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34842", "181")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34842", "MISTURADOR medindo 2.30x1.79 c/motor e redutor")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34843", "182")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34843", "PENEIRA vibratória,medindo 2.70 x 0.98")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>